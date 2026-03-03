--- v0 (2025-12-09)
+++ v1 (2026-03-03)
@@ -14,209 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 09/12/2025 05:29</t>
-[...11 lines deleted...]
-    <t>LED PISCA-PISCA COLOR 20707 - 200 LED - 220V</t>
+    <t>Lista gerada no: 03/03/2026 06:40</t>
+  </si>
+  <si>
+    <t>CONVERSOR TV DIGITAL BAK BK-2026 - ISDBT</t>
+  </si>
+  <si>
+    <t>Conversores Digital</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>ASPIRADOR 2 EM 1 MEGASTAR VC1206 - 600W - 220V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 15 - 256GB/8 RAM - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO G-TIDE CLIP-ON - BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>LAMPADA SOLAR JORTAN JT-8TYCOB-400W - EXTERNO</t>
+  </si>
+  <si>
+    <t>Lampadas Externa</t>
+  </si>
+  <si>
+    <t>JORTAN</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER  LEXICAL LAF-3057 - 9L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>LEXICAL</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER LEXICAL LAF-3050 - 8L - 220V</t>
+  </si>
+  <si>
+    <t>SCOOTER 8.5" HYE HY-SC8.5 - BLUE GRAFFITI</t>
+  </si>
+  <si>
+    <t>Scooter</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>SCOOTER 8.5" HYE HY-SC8.5 - RED GRAFFITI - S/G</t>
+  </si>
+  <si>
+    <t>CABO BLINDADO RCA MEGA STAR RCA51 - 5M</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA VIDRO RAF R.7204 - 2L - 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>MAQUINA DE DONUTS RAF R.2509 - 16 UNID - 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>SANDUICHERA GRILL BRITANIA PRESS 180 - 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>TOSTADOR BAK BK-TOST220 - 600W - 220V</t>
+  </si>
+  <si>
+    <t>TOSTADOR BAK BK-TOST127 - 600W - 110V</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA BAK BK-COC-220 - 220V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-8768 - BT/USB - 9"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>KIT DE 3 LAMPADAS COM CONTROLE - 1+3COB - AAA</t>
   </si>
   <si>
     <t>Ilumina��o</t>
   </si>
   <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>COPO TERMICO LOVE - 1200ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>TABLET C IDEA CM11000 PLUS 10.95" / 5G / 1TB / 8GB / AZUL</t>
-[...116 lines deleted...]
-    <t>Microfones</t>
+    <t>TERMICA SPORTS EMBORRACHADA - 550ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/103fff033c7b1517a5e1e0d78f3fa104.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8670ae5af612596aaa8940cfc89ade7e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d890f4c47431d3283193cdb5c29b4ba.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8a0179fd689d25288ca169a2e4e106c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e6e5e6b533f2e02b7f544113eab34a3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c745c87b0cae956e1a3acbdbe2ed9f75.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5da23dac989b468b846bac6eea511d5e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f59c01855e51bf4bc7a99720e6e7c85d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1c6f110e218f785ac1a7fb5b3914e94.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/def350a52cba7f42361a53a51aecb589.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77d828c1bf2f752d077a174f1cac7daa.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05fc4ab2f1608614c7f3a9c49a70385b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ced5cb65c82de35e5ab1ff7bd2c59dd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bf94fa5c6fcdc93f6efb991f84586d0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/747a26c780c0612066746c9cc4b4d974.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fe8c8c7bc74c32ed3e064dc51b4da4d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf0822dd52becf5ed07503347aa5e05e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b33c97907d196d52a07bbf99bbeb807.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6069bb6be1ffab12b245dfcbf19030dc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4a471d68fdebad6a505f0b6cbd648e7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/897503140d372baa46a5c393273af456.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7f73e3ca63dcd403cf1b8aabcf34beb.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e44e2dd5a790cfd9e47817b77c6dc95.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/196ff299b43640a4ed2f71688fd943cc.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a267d4beab71c102f90ec015bba281c9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12645e89be5b047257e10cb23659e7b0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9c7af7e1c11227741506be0c7ed4267.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c1dde1388efdd24e0b30ce518a404605.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/850be6b256a9e85465a5845e7cfbbd8f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3148c784f7c242e22bba0ede9d4649cc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12e32ce9eb0fd97a001ffdcc79cc9e5b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01eac0cd8481cef8c3ff524f2b3c18b9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9460bdba383f7ee730d35bc9805ece6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6262b938140d00234d3e514366c58b37.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfdfb2a3b72e861f818547f1c93a947d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bae3cd683446eec07e90ef1de1bd1247.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef17d09c105310cc71a257ee973de08a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e817a00229f821777775b4337ceb661a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e613fa6e43267759f2307bdb79172a8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b20fecca1684122336c0eec299eae780.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>577892</v>
+        <v>583930</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>577861</v>
+        <v>583923</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>3.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>577830</v>
+        <v>583916</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>83.0</v>
+        <v>184.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>577823</v>
+        <v>583817</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>12.5</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>577816</v>
+        <v>583787</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>47.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>577786</v>
+        <v>583763</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>19.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>577779</v>
+        <v>583756</v>
       </c>
       <c r="C8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>3.5</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>577748</v>
+        <v>583732</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
       <c r="D9" t="s">
         <v>27</v>
       </c>
       <c r="E9" t="s">
         <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>68.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>577731</v>
+        <v>583725</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>7.0</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>577724</v>
+        <v>583701</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="F11" s="3">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>577717</v>
+        <v>583695</v>
       </c>
       <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12" t="s">
         <v>33</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>34</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>577700</v>
+        <v>583688</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>8.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>577694</v>
+        <v>583671</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>9.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>577687</v>
+        <v>583664</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>24.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>577670</v>
+        <v>583657</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>19.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>577663</v>
+        <v>583640</v>
       </c>
       <c r="C17" t="s">
+        <v>42</v>
+      </c>
+      <c r="D17" t="s">
         <v>43</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>16.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>577656</v>
+        <v>583633</v>
       </c>
       <c r="C18" t="s">
+        <v>44</v>
+      </c>
+      <c r="D18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>17.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>577632</v>
+        <v>583626</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>577625</v>
+        <v>583619</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="F20" s="3">
-        <v>15.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>577618</v>
+        <v>583602</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
+        <v>54</v>
+      </c>
+      <c r="E21" t="s">
         <v>52</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>22.0</v>
+        <v>4.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>