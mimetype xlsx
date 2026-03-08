--- v0 (2025-12-22)
+++ v1 (2026-03-08)
@@ -14,179 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 02:21</t>
-[...35 lines deleted...]
-    <t>Suportes P/ TV</t>
+    <t>Lista gerada no: 08/03/2026 06:38</t>
+  </si>
+  <si>
+    <t>LAMPADA XENON H3 12V  100W</t>
+  </si>
+  <si>
+    <t>Kit Xenon LED</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>LAMPADA XENON H1 12V  55W</t>
+  </si>
+  <si>
+    <t>PENDRIVE  SANDISK Z430 128GB USB 3.0 BLACK</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>OTG ECOPOWER EP-R003 V8</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>OTG ECOPOWER EP-R004 3 EM 1 USB-C / USB-USB</t>
+  </si>
+  <si>
+    <t>BARBEADOR VGR V-108 BARBA/CABELO 10 EM 1/LCD</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>CABO USB SATE AL-AC2 / USB-A - USB-C / 2M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>SUPORTE P/TV SATE 26"/55" A-RM2655 GIRATORIO</t>
-[...65 lines deleted...]
-    <t>SHARP</t>
+    <t>CABO USB SATE AL-CC2 / USB-C / USB-C / 2M</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H107  / TIPO-C</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER 8" EP-1939 BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>LANTERNA POWER MD-D502 RECARREGAVEL 07LEDS</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA ALLWIN AL-SW288G GRILL 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MONDIAL L-550-R EASY POWER / VERMELHO / 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>PENDRIVE SANDISK Z410 64GB USB 3.2 - PRETO</t>
+  </si>
+  <si>
+    <t>PENDRIVE SANDISK Z410 32GB USB 3.0 PRETO</t>
+  </si>
+  <si>
+    <t>PENDRIVE SANDISK Z410 128GB  USB 3.0 PRETO</t>
+  </si>
+  <si>
+    <t>CABO RCA "Y" 2 MACHOS 1 FEMEA STORM TECH</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>PASSADEIRA BRITANIA A VAPOR BVP02L 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-657 BLT/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>ASPIRADOR DE CARRO SATE PORTATIL A-CV1201 12V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -209,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d9a1515e5c48b967204e07e2bb7c4d8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2982d00bd84da74d85133ccea437903.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c87136cef42d596bdc919748e3db8aaa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5df4d0c6bb7c6bc53dacaf5cad947150.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5db0f39ce05596e70c9e3d4b317bcfd.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78285b6b3059f17260795dfd570b3132.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/879a5d53427d32a1b0e5c718c47c54a3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbab0d7e7ae2edd33e01b4cba5c86fa7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2579ceed1c317c8d5a74e5abaf612df4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0138af77d915e8c473d44f73d5f0d2cf.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f2aa53338001260bf3a7b00061ecb0e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ded48adeaba27f38fb2210817ff2142.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb4c5a0cacbf5daf89d79f979fc76adf.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf6c5acccf94094dbdd2ec0435eb992.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7812028d76e4424fc4e777df47511c8f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/090e664f7ad64dc05fe61766c85cc88c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a650f2278ce1ef6863c016cd9e2ba42.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f93849c0a87cb37645c919d7a8adef8e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ae95d90d2bdc32d88bcafe7c5841d23.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34cb8b38631e22a75fd87fa32336756f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bde79fe217c4935900d65c7aa8fd1d4b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4513138f576f64ce8656be1d0756028a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d0f6a9f91b539561848cc15a3dfaf23.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ea34cdb4091d73b50806dff14bc8970.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a4367cd10cc067ede7366de323740b5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c49e7aa6948fb553402e8193ba9efc2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ab4bbc6a6330a451c538af140634886.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea65c8ebe2ff42398a61c5edbcfa2dc1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a042033c6cd8119ebf434ad28366c0f5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86b7d8fca6d8c28698b8436d96605422.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/697cf48f95e22bbb8d69dcd2138ef978.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/417bb3c5fdfd972a512dc859c8bdd191.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/232ff952b9ea6c1afefb1f93b0ed9e4f.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22e72abe708046e35b898a8807b60731.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282019f1a59ef7da2a9a3a48e48191f3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b7d904a14435aa4c6470a380a925a2d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbad7900c6935cd3ccc1d35d2617a236.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6544bfdb48f1756cfe0b52fe1a4d7a75.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7682668735ccbe9ebb6f42a1ac646866.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bc27aa69cf9876ca22b13805d8ad939.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1120,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>514835</v>
+        <v>511216</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>17.5</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>514811</v>
+        <v>511209</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>514804</v>
+        <v>511193</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>20.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>514798</v>
+        <v>511162</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>17.0</v>
+        <v>0.9</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>514743</v>
+        <v>511124</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>11.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>514729</v>
+        <v>511056</v>
       </c>
       <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>15.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>514712</v>
+        <v>510981</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>9.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>514705</v>
+        <v>510967</v>
       </c>
       <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
         <v>22</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>7.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>514699</v>
+        <v>510943</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>6.0</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>514682</v>
+        <v>510912</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="F11" s="3">
-        <v>17.0</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>514668</v>
+        <v>510905</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>30.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>514651</v>
+        <v>510844</v>
       </c>
       <c r="C13" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>17.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>514644</v>
+        <v>510660</v>
       </c>
       <c r="C14" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>12.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>514613</v>
+        <v>510608</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>13.0</v>
+        <v>10.25</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>514590</v>
+        <v>510592</v>
       </c>
       <c r="C16" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="F16" s="3">
-        <v>14.0</v>
+        <v>6.29</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>514569</v>
+        <v>510585</v>
       </c>
       <c r="C17" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="F17" s="3">
-        <v>9.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>514514</v>
+        <v>510509</v>
       </c>
       <c r="C18" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>16.0</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>514507</v>
+        <v>510486</v>
       </c>
       <c r="C19" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>16.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>514385</v>
+        <v>510332</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>39</v>
+        <v>16</v>
       </c>
       <c r="F20" s="3">
-        <v>115.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>514378</v>
+        <v>510318</v>
       </c>
       <c r="C21" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="F21" s="3">
-        <v>6.1</v>
+        <v>6.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>