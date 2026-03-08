--- v0 (2025-12-22)
+++ v1 (2026-03-08)
@@ -14,197 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 02:55</t>
-[...20 lines deleted...]
-    <t>Liquidificadores / Mixer</t>
+    <t>Lista gerada no: 08/03/2026 05:24</t>
+  </si>
+  <si>
+    <t>VENTILADOR NOBEL HOME (3 EM 1) 18" 220V (3 velocidades)</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>NOBEL HOME</t>
+  </si>
+  <si>
+    <t>SUPORTE  PARA  TV SATE 55" - 120" A-55120A FIXO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPEAKER BOOMBASTIC SMART-200/BLUETOOTH/180W/BCS-200</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>BOOMBASTIC</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART PT28 WIFI/HD/PROFISSIONAL</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART PT42 WIFI/HD/PROFISSIONAL</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE TETO SATE A-FAN805 C/LUMINARIA 2V</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE TETO COM LUMINARIA SATE A-FAN802 - BIVOLT</t>
+  </si>
+  <si>
+    <t>CABO RCA 5 METROS SVART BLINDADO   CORES</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>SVART</t>
+  </si>
+  <si>
+    <t>MICROONDAS MEGA STAR MCW-208 20L 220/50Hz</t>
+  </si>
+  <si>
+    <t>Microondas</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>ASPIRADOR MEGA STAR VC1204 2 EM 1 / 600W / 220V</t>
-[...41 lines deleted...]
-    <t>MEMORIA CLASS 10 MICRO SD ECOPOWER 128GB/100MB/S</t>
+    <t>MONITOR MTEK 20" LED HDMI/VGA  MSH20NHT</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7025 1-USB/2-USB-C  65W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CABO USB ONLY MOD123 / TIPO C / 2.1A / 1M</t>
-[...8 lines deleted...]
-    <t>FONE ONLY SUMMER MOD24/MICROFONE VERDE</t>
+    <t>FONE DE OUVIDO ECOPOWER EP-H112</t>
   </si>
   <si>
     <t>Fone com fio</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO ONLY SUMMER MOD24 /BRANCO</t>
-[...35 lines deleted...]
-    <t>ALPHASONIK</t>
+    <t>PARAFUSADEIRA RECARREGAVEL MEGA STAR FZ853</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>BALAN�A DE PRECIS�O MEGA STAR BC50  500G</t>
+  </si>
+  <si>
+    <t>Balan�as</t>
+  </si>
+  <si>
+    <t>SPEAKER ALEXA ECHO POP 1TH / BLUETOOTH / WIFI / PRETO</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>AMAZON</t>
+  </si>
+  <si>
+    <t>REFLETOR LED ECOPOWER EP-4915  200W/2V</t>
+  </si>
+  <si>
+    <t>Refletores Led</t>
+  </si>
+  <si>
+    <t>FERRO OSTER GCSTB4112 SECO / 110V / AZUL</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>OSTER</t>
+  </si>
+  <si>
+    <t>KIT CHAVE DE FENDA WADFOW WSS2408 / 8 PCS</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>PENDRIVE SANDISK Z430  64GB USB 3.0 BLACK</t>
+  </si>
+  <si>
+    <t>Pen Drives</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>PENDRIVE SANDISK Z430 16GB USB 3.0 BLACK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2397320f7263082a3195097d6b181a4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08e70ec3a18b4223247ed759ed89c88b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea804ff82ae93ec31424ba62009ca6f9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41258ca3575691bb7483f973ffe5401f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d12d7bd331d882775fc2a2ce578d2a9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1ecafbf4267437946ac9decb13a8e2e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/18a2743f6c04ff9ddaa2222f2018b3cf.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7b231658d4ee6c6c13b35405a2ea3a5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b404f4002e2a7ce0c3246bf3a45ef49f.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b0d16d90fd5f4d6f3a39995d77ecc43.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd4c6fdd1fade1d48697d9a064f101b9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02870a8a334c1bdf2331e4bef0dad231.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5eeb24a0101161b9be1e3d55a326f2d4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8da327ec1bb0d87e57f36b5b9e254fd.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4db4fc28a5e6c4d960636c90641c02b4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27eae6daec3f054c9198d4b2edb0a07e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62f4b859609e6311c0486b3cf5b481b7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/846c0d19a51b0c2abb527c9954f80b62.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f83e53f1e729eeee2990cadf231facec.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39267f73a71d605ff5381bbc13d79648.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f08d24a8e49820afb34cf5d93d5b8dbb.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b84957776611da56b02bebf9fba4c1d9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc36619c6960e9d09e81489c96925320.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd94c2a0dc7de3eb5c792585948787e1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cbc5b311f38b6eea80ae611349cbc86.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb11a7aae5b987b7fc47acda7bb76d13.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48ba8b7bad161ffe1a60c3e178ce449f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111ae2e91d20a0b4f05f087f6e7e2973.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a47d1d2c1ed976785581ac6b2ef48228.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b2d6d1ebd83ece90ff72f8544984fa0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a61b054e320687076f7c24f258a85c8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdfdfacf7bfcd0c12e69123573f74dbe.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb3b70b06e560deb5e04eb8da2cfb225.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb5027a2ccf6af215765f203777a02a7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abd45b19f59581a5e9260909107deea5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9da923a079edcf31feebbbb42fd81bb4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0a3a95a26057645ad1568dd19499b36.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e262808d65e24d57835f9267ac5e184.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdfc8b5c9322986890de4acf104314b1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43ef12f0c6b4c6dfb3a6013b28e4d5e9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>515603</v>
+        <v>512848</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>31.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>515597</v>
+        <v>512749</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>29.0</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>515528</v>
+        <v>512534</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>12.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>515504</v>
+        <v>512374</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>23.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>515481</v>
+        <v>512367</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>15.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>515474</v>
+        <v>512329</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>515443</v>
+        <v>512305</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F8" s="3">
-        <v>3.95</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>515436</v>
+        <v>511964</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>2.5</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>515429</v>
+        <v>511957</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>27</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>26.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>515313</v>
+        <v>511933</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="E11" t="s">
         <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>9.5</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>515245</v>
+        <v>511872</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12" t="s">
         <v>32</v>
       </c>
       <c r="E12" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>0.95</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>515207</v>
+        <v>511858</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
         <v>35</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>1.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>515184</v>
+        <v>511797</v>
       </c>
       <c r="C14" t="s">
         <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>1.5</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>515153</v>
+        <v>511759</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="F15" s="3">
-        <v>2.7</v>
+        <v>5.75</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>514958</v>
+        <v>511575</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>106.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>514934</v>
+        <v>511483</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="F17" s="3">
-        <v>39.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>514927</v>
+        <v>511384</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F18" s="3">
-        <v>38.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>514903</v>
+        <v>511353</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E19" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>22.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>514897</v>
+        <v>511254</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="F20" s="3">
-        <v>29.0</v>
+        <v>8.82</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>514873</v>
+        <v>511247</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="F21" s="3">
-        <v>50.0</v>
+        <v>7.85</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>