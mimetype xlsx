--- v0 (2025-12-22)
+++ v1 (2026-03-08)
@@ -14,203 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 04:12</t>
-[...5 lines deleted...]
-    <t>Ilumina��o</t>
+    <t>Lista gerada no: 08/03/2026 04:47</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MEGA STAR KC-1828 / BRANCO / 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA DE BARBEAR WAER  WA-1895 RECARREGAVEL USB/2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>WAER</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR FREE HOME XT-2000 XTREME 2000W   110V</t>
+  </si>
+  <si>
+    <t>FREE</t>
+  </si>
+  <si>
+    <t>RADIO CAR JBL CELEBRITY 150/USB/BLUETOOTH/SD</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>RADIO CAR JBL CELEBRITY 100/USB/BLUETOOTH/SD</t>
+  </si>
+  <si>
+    <t>CABO USB XIAOMI SJX10ZM TYPE-C/1M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO JST-J47 UNICORNIO / BLUETOOTH / LED / AZUL</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO JST-J47 UNICORNIO / BLUETOOTH / LED / PRETO</t>
+  </si>
+  <si>
+    <t>FONE STN-28 CAT/BLUETOOTH/LED/VERDE</t>
+  </si>
+  <si>
+    <t>FONES/MICROFONE</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO AKZ-K23 / BLUETOOTH / LED / VERMELHO</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYUNDAI HY-FSC40BBW COLUNA 16" 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>VENTILADOR AIR COOL S2120 3-VELOCIDADES 220V</t>
+  </si>
+  <si>
+    <t>MONITOR HYE 20" LED HYE20NLM HDMI/VGA</t>
+  </si>
+  <si>
+    <t>INFORMATICA</t>
+  </si>
+  <si>
+    <t>RADIO MEGA STAR RX-939BT AM/FM/BLUETOOTH/USB</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>ESCOVA ONIDA ON-8050 5 EM 1  220V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>ESCOVA ONIDA ON-8050 5 EM 1 / 110V</t>
+  </si>
+  <si>
+    <t>MATA-MOSQUITO ELETRICO ECOPOWER EP-8216</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8117</t>
-[...119 lines deleted...]
-    <t>LIQUIDIFICADOR MOLIMIX MLV-600 PRACTI GLASS 110V</t>
+    <t>KIT DE CHAVE DE FENDA WADFOW WSS2204 / 4 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-7020 BLUETOOTH/SD/USB/7"</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-216     2V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/206ed8ae02a6a1c1d32495dd614e5d8e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac503ddb5c296acced9c991e15ac5296.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33fbebae138e2599a719a72419c5ba5a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65831cefa4812739c83c6dfd3fb5ec24.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eba1c927afbc622140b9f8df6c81453c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5c6e63c1f04c77ea58ef8e923396af9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61f6ddcf4f3c73696d2a038584d97c66.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ced1cb572d5bc702d780d5172a665aa.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8daeba947d4ab7a52980a1886233d062.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef42ffff2f78a6bbae1926f3e31a232f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3b50e92eeb7eb19ed4bb640a015701c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3070c52860f4c87a808a70879ab23f3c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ea95051fdc42b629f9cfd7ba5d5ffd0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9e8c976223a32542e00017d161ad913.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c014c7b74314c63145232871b205ac0a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c947e24ec90b21cc6c3ee8b8c496daf.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e25998ad9eb4113e5e00ec3c3a1fcc5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/412ba2f9ecf1e7278450bec98fce4d5c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945ed465c8d125129545acfdc303b7ec.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf01d4dda5279393e3f5eb50aa63c8d8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/017e349300c79bb4d8ba4e276a87e525.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad2a05208ff45de08fc6bf379ac989b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e01e9f17d1de7da6438bff7507a60a8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b21b5b1dc79e7e5c69c96f5c423aa1c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4977b39f51dfe8b65e3d27b1190cde2e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/218c6ab1e0eff976f3aed808da5fc95f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ada1b639bfc4a36a5c1ea6678571b36.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3de693c8d83ad78af60b8143d0f96ecd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab71e36f66fda6ea1e3f854e109f46ac.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21c10332f046c91264b4f35bf9853ab9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbbfb252392ace0969efa91c5dd93a7d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a04ea6bac313403e254d5ca05c9a9ceb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb1bd861a62e384f92c645de866e563c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df6c6ebcfcb79b69b9180756a7290d3e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b561e49c25113efdf580e0da6a9a6f41.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af9aea23aeb9dc45ee21c97f45089b26.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa2a57e34decaed2f734188dd8597c82.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6650bec078140b270e2c2216216a871a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cce2fb66dea80941f878709b0a3c0aef.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91618f74bd13b966db0d0ed4dd48e77a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>516990</v>
+        <v>513814</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>5.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>516983</v>
+        <v>513661</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>3.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>516884</v>
+        <v>513586</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>15.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>516860</v>
+        <v>513470</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>14.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>516808</v>
+        <v>513463</v>
       </c>
       <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>17.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>516785</v>
+        <v>513432</v>
       </c>
       <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>21</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>1.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>516532</v>
+        <v>513395</v>
       </c>
       <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>3.26</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>516457</v>
+        <v>513357</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>4.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>516228</v>
+        <v>513319</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>20.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>516211</v>
+        <v>513265</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="F11" s="3">
-        <v>13.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>516204</v>
+        <v>513241</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
         <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>11.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>516198</v>
+        <v>513104</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="F13" s="3">
-        <v>11.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>516143</v>
+        <v>513043</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
         <v>31</v>
       </c>
       <c r="F14" s="3">
-        <v>3.95</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>516136</v>
+        <v>513012</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>2.8</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>516075</v>
+        <v>513005</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>2.5</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>515986</v>
+        <v>512992</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>25.0</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>515801</v>
+        <v>512947</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="E18" t="s">
-        <v>19</v>
+        <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>22.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>515634</v>
+        <v>512923</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>33.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>515627</v>
+        <v>512879</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="F20" s="3">
-        <v>28.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>515610</v>
+        <v>512855</v>
       </c>
       <c r="C21" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="F21" s="3">
-        <v>28.0</v>
+        <v>35.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>