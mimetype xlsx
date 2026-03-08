--- v0 (2025-12-22)
+++ v1 (2026-03-08)
@@ -14,194 +14,176 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 04:46</t>
-[...47 lines deleted...]
-    <t>SPEAKER AILIANG UF-A1213K 12"X2 COM MICEROFONE E BLUETOOTH</t>
+    <t>Lista gerada no: 08/03/2026 03:34</t>
+  </si>
+  <si>
+    <t>SUPORTE P/TV SATE 26"/55" A-RM2655 GIRATORIO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SUPORTE P/TV SATE 32"/80" A-32801 FIXO</t>
+  </si>
+  <si>
+    <t>SUPORTE P/TV SATE 26"/60"  A-2660A  FIXO</t>
+  </si>
+  <si>
+    <t>SUPORTE P/TV SATE 14"/43" A-1443A FIXO</t>
+  </si>
+  <si>
+    <t>CAMERA CORPORAL SATE CS04 / HD</t>
+  </si>
+  <si>
+    <t>Cam Esportiva redundancia</t>
+  </si>
+  <si>
+    <t>CAMERA CORPORAL SATE CS02 HD WIFI</t>
+  </si>
+  <si>
+    <t>CAMERA SPORT  SATE  A-CS08 FULL HD / 1080P / WIFI</t>
+  </si>
+  <si>
+    <t>Cameras Esportivas</t>
+  </si>
+  <si>
+    <t>CAMERA SPORT SATE A-CS07 HD 720P</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR SATE AROMA A-H6702 200ML</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR SATE AROMA A-H6703 80ML</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR SATE AROMA A-H6705 400ML</t>
+  </si>
+  <si>
+    <t>CAMERA DE CARRO SATE A-DVR054 4.5" 2-CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras Automotivas</t>
+  </si>
+  <si>
+    <t>CALCULADORA SHARP EL-501X2B CIENTIFICA</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>SHARP</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MONDIAL L-1400GI TURBO GLASS 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MONDIAL AFO-12L-BI 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S202 12" BLUETOOTH  2V</t>
   </si>
   <si>
     <t>Speakers Grandes</t>
   </si>
   <si>
-    <t>AILIANG</t>
-[...7 lines deleted...]
-  <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>SPEAKER ECOPOWER EP-2238 USB/SD/FM/BLUETOOTH</t>
-[...56 lines deleted...]
-    <t>LANTERNA  ECOPOWER RECARREGAVEL EP-8119</t>
+    <t>RADIO CAR ECOPOWER EP-613 BLUETOOTH/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>CORTADOR DE PAPEL SATE A-CUT002 220V/50Hz</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>SHAKE PORTATIL SATE A-P27 USB/TYPE-C</t>
+  </si>
+  <si>
+    <t>CALCULADORA SHARP EL-1611V COM BUBINA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +206,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d048b01b83a8f3bfbd4d96b640cffbab.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44cfb4bb527fc92af8ec1931625c1d66.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4da034e8b33fa909a82bfae0b3b29d4a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51a8576a0fc0d36b232c494d2e11ae1a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b135eb55210f554bba07d7d6df78900f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71020a8ff0019f7dafccf096e9afc530.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/606bebcbafd36f59e07955913b4cd07c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6623502e1f98ae76c034246501df601b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8296cb0fb054a89895281583ad45b8b5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a11ab5d0db6201a3639c9c118c4f6f2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1af542fdfe5795d8ecd67d3a86a57f3a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b17cb7ac1ac5aff8f036c7e781755551.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c0689de0733bef8111d47742e7f92a5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7d2d29352e054f9f097a33a029bfa30.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a8757d680e363c72c72c7b27074f527.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62bcd69f585d5109256be062177cc26b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/501089796b8504cdaf21fe2c0bf24b88.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a3edf3cb0bef67cebde4fe5567d8373.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e851d375560442908dba4f0fa8a878e6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/369006976ad9d783755ed412c021539e.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33bbbc6de104518354adc00398598dd3.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdb04298a391c0339ad418e08eb4a4c9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9d0d8a3f9f198e9a979bba1c91c6a9f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb42d282d9b39e2c9d45af76cdc4fc04.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49f3819aa15e6a75ac5227df8c683160.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31f917624981cb3a798f055c2a388eee.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/123435d46a85dbcfbf0354db14367214.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4bfb2d9831cedc732ddb86265bc176.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ff80e21e9f8ecf3f0994401cdb205b8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e9a64fdf44b31043162a8706b474c126.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ccbb558082017dd04afdb9740c24a425.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3312f63483260eff719aa6f49bb9e31c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd65ec38acdc04503636c332283bbf65.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7389f5b3eef8ddbb97a0190b9861af7b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a3656768e9d8aa9a9c195c2fdc61614.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b4cd8cd65a9d7c677050e4b3945501d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aba2429ed31a63071a4965845dec884f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e381834e0e35bf596dcd48c17ada3fe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85f4969226c1811703e3e73b8439f0cd.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf19998df53ea82585b66eaebdfa8217.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1117,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>517829</v>
+        <v>514729</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>517775</v>
+        <v>514712</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>19.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>517713</v>
+        <v>514705</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>17.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>517638</v>
+        <v>514699</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>15.75</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>517584</v>
+        <v>514682</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>19.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>517430</v>
+        <v>514668</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>28.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>517386</v>
+        <v>514651</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>189.5</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>517287</v>
+        <v>514644</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>79.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>517270</v>
+        <v>514590</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>23.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>517263</v>
+        <v>514569</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>517225</v>
+        <v>514514</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>275.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>517201</v>
+        <v>514507</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>30.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>517188</v>
+        <v>514378</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>18.0</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>517164</v>
+        <v>514248</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="F15" s="3">
-        <v>30.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>517133</v>
+        <v>514231</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F16" s="3">
-        <v>3.0</v>
+        <v>119.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>517089</v>
+        <v>514149</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="D17" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E17" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="F17" s="3">
-        <v>2.0</v>
+        <v>210.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>517034</v>
+        <v>514088</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="E18" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="F18" s="3">
-        <v>3.75</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>517027</v>
+        <v>513968</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="E19" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>3.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>517010</v>
+        <v>513944</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="D20" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="E20" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>2.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>517003</v>
+        <v>513845</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="D21" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
       <c r="F21" s="3">
-        <v>4.0</v>
+        <v>31.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>