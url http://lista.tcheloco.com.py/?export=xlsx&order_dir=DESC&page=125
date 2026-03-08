--- v0 (2025-12-22)
+++ v1 (2026-03-08)
@@ -14,197 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 06:05</t>
-[...20 lines deleted...]
-    <t>Seguran�a</t>
+    <t>Lista gerada no: 08/03/2026 02:53</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR MOLIMIX CITRUS MEI-300 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MOLIMIX</t>
+  </si>
+  <si>
+    <t>MIXER MEGA STAR GE-540 400W 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>PIPOQUEIRA RAF R.9012 2.6L 1200W 220V</t>
+  </si>
+  <si>
+    <t>Pipoqueira</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PIPOQUEIRA RAF R.9014 2L / 1200W / 220V</t>
+  </si>
+  <si>
+    <t>PC MOUSE SATE A-43G SEM FIO PRETO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>CAMERA IP SATE A-CAM007S/4MP/SOLAR/ICSEE</t>
-[...38 lines deleted...]
-    <t>GARRAFA TERMICA SUNLIGHT S150B  500ml INOX BLACK</t>
+    <t>PC MOUSE SATE USB A-27 PRETO</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>PC ROUTER TP-LINK ARCHER C6 AC1300 4-ANTENAS</t>
+  </si>
+  <si>
+    <t>Roteadores</t>
+  </si>
+  <si>
+    <t>TP-LINK</t>
+  </si>
+  <si>
+    <t>FONE ONLY SUMMER MOD24/MICROFONE VERDE</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>ONLY</t>
+  </si>
+  <si>
+    <t>CARREGADOR ONLY TURBO 3USB/V8/4.4A/2V/WHITE</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CONTAR DINHEIRO SATE A-B1101 2V</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>CAIXA NAKAMICHI SUB-WOOFER 10" AMPL.NBX255A 2000W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL 5" GTO-X5 135W 2VIAS</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>ALO FALANTE JBL GTO-X4 105W 2VIAS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE NAKAMICHI CS-1618 6.5"/KIT/200W/2-VIAS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE NAKAMICHI NSE-6958 6X9"/3VIAS/500W</t>
+  </si>
+  <si>
+    <t>MAQUINA PROSPER P-1905 RECARREGAVEL/TRANSPARENTE 2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>COPO TERMICO LONGNECK PORTA LATA/GARRAFA  - 420ML</t>
+  </si>
+  <si>
+    <t>Copos</t>
   </si>
   <si>
     <t>SUNLIGHT</t>
   </si>
   <si>
-    <t>TABLET ATOUCH X19 128GB/1CH/5G/ANDROID 12.0/BLUE</t>
-[...11 lines deleted...]
-    <t>SECADOR CONTINENTAL RCY2005 2000W 110V</t>
+    <t>SECADOR ONIDA ON-2022 ION 4800W 110/220V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
-    <t>CONTINENTAL</t>
-[...34 lines deleted...]
-  <si>
     <t>ONIDA</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-091 5500W 2V COM DIFUSOR</t>
+  </si>
+  <si>
+    <t>SUPORTE P/TV SATE 14"/43" A-RM43A GIRATORIO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b306b267ed5b9f8411166c40c76bde9a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11dbabae9ca542684259a78e4aaaa0f8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/206181e419e5f50f8fde3366f9bbc8be.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/642c054370548781a36834d8b9635d94.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4bb989040cbc905e78e606a977b418b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6586909ff304cccb9c559767dbde794b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ae264be745e1802e9d6c30c1242180.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d97fc146a1772c5470a2b77c8e687056.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36e18f2c84e170b431a63adf99e94031.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c0840114dd40a4f1615119a8bb4b8be.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d580c7ff2d3451f8e4ba4e80ac9b31f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a2822b821009782470aafc091f87ec.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe7b11bba669a00605e24490521c669d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15b19ee0a3dd7515c0dadc6cf153f771.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6a053a74e6de384eaeefe496cc0fa53.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef88a62a339cab888b2865dd202186ee.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ffe12b56b94ed73edc6dd52f3074f77.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76c536914a2afef6c40d82104ddd4f5e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fb6a666a2610108563b7df2681ba155.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb1e49379eb40f6e74836f376ecd3291.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e47a7a6ad7e19dca424f8b0e8906d9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e22384558dc460c219317d7a1ece2b3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3e711862c563afcfcca8fad46880b20f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a662f5f8d9f45861db060cfe8452d07.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44e5dc3fd0822c3a9396420a309d3b10.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5db297ae98c89519c2a693596f78e9d4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec4910323ecfdd6cb8b4fed4b0cc074d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09515741a26d20244b331fc2a5ead936.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a1acd254956001375b096efcf89b907.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/073f72de4035a8215bdaeee5b57b17cc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54de467fb40fc066c8d62aa64900f315.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa8c8196e92be4e4826adf44daebb666.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/046bcf0eb3e948b642235a1664a8e13a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1fa61f3ebc66ef29e9bb5763a2bdb11.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cb26e1c661eaeb2d574ac496a53d36e.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/88db2a26b478ba9526080981d9b5b05c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a97be901c0b3e6237e383db0f31aa13f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5520388f64ff8438aa49377a7b8d12df.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a773d928e0a63e800367b72eac49ace.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e61c902e4e50adac6a5bdf4d9eed7ab.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>518338</v>
+        <v>515597</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>18.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>518321</v>
+        <v>515528</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
         <v>12.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>518314</v>
+        <v>515481</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>518260</v>
+        <v>515474</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>36.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>518246</v>
+        <v>515443</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>42.0</v>
+        <v>3.95</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>518222</v>
+        <v>515436</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>10.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>518192</v>
+        <v>515429</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>60.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>518185</v>
+        <v>515207</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>70.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>518178</v>
+        <v>515153</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>67.0</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>518161</v>
+        <v>515115</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="F11" s="3">
-        <v>8.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>518147</v>
+        <v>514958</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>3.6</v>
+        <v>89.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>518123</v>
+        <v>514934</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>56.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>518116</v>
+        <v>514927</v>
       </c>
       <c r="C14" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" t="s">
         <v>33</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>56.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>517911</v>
+        <v>514903</v>
       </c>
       <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
+        <v>33</v>
+      </c>
+      <c r="E15" t="s">
         <v>34</v>
       </c>
-      <c r="D15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F15" s="3">
-        <v>8.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>517904</v>
+        <v>514897</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="E16" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>517881</v>
+        <v>514835</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>27.0</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>517850</v>
+        <v>514811</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>517829</v>
+        <v>514804</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
         <v>20.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>517775</v>
+        <v>514798</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>517713</v>
+        <v>514743</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
-        <v>48</v>
+        <v>19</v>
       </c>
       <c r="F21" s="3">
-        <v>17.0</v>
+        <v>11.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>