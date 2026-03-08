--- v0 (2025-12-22)
+++ v1 (2026-03-08)
@@ -14,197 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 06:34</t>
-[...5 lines deleted...]
-    <t>Maletas P/Notebook</t>
+    <t>Lista gerada no: 08/03/2026 01:46</t>
+  </si>
+  <si>
+    <t>RADIO RELOGIO PHILCO PAR1012BT-GR FM/USB/BLUETOOTH/2V</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>PHILCO</t>
+  </si>
+  <si>
+    <t>SECADOR ONIDA ON-079 5200W 110V</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>CAPA PROTETORA PARA TABLET 7" TUCANO</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>HD WESTERN DIGITAL WD PURPLE 2TB WD23PURZ SATA3 6Gb/s</t>
+  </si>
+  <si>
+    <t>HDs</t>
+  </si>
+  <si>
+    <t>SEAGATE</t>
+  </si>
+  <si>
+    <t>RELOGIO AMAZFIT BIP 5 A2215 / PRETO</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>BATERIA 27A TOSHIBA CARTELA COM 5PCS</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>TOSHIBA</t>
+  </si>
+  <si>
+    <t>PC MOUSE SATE A-75G SEM FIO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>ALISSADOR OPTIMA BLUE/2V</t>
-[...2 lines deleted...]
-    <t>CUIDADOS PESSOAIS</t>
+    <t>FONE PHILIPS TAUE100BK BOLINHA/BLACK</t>
+  </si>
+  <si>
+    <t>Fones/Microfones</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>TERMICA BIGSTAR 1.3Lts INOX</t>
+  </si>
+  <si>
+    <t>Termica</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>KIT DE XICARAS DE VIDRO 6-XICARAS S566</t>
-[...86 lines deleted...]
-    <t>FERRO ELECTROBRAS EBPV-30 VAPOR / 110V</t>
+    <t>CAMERA IP ECOPOWER  EP-C031 4MP/WIFI/2-CAMERAS/3.6mm</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SECADOR TAIFF STYLE 2000W 220V/BLACK</t>
+  </si>
+  <si>
+    <t>TAIFF</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR ELECTROBRAS CRISTAL PRIME EBL-10 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>ELECTROBRAS</t>
   </si>
   <si>
-    <t>FERRO ELECTROBRAS EBPV-20 / VAPOR / 110V</t>
-[...11 lines deleted...]
-    <t>FERRO ELECTROBRAS EBPV-20 / VAPOR / 220V</t>
+    <t>LIQUIDIFICADOR ELECTROBRAS CRISTAL PRIME EBL-10 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MOLIMIX MLV-1200 TURBO PRIME 110V</t>
+  </si>
+  <si>
+    <t>MOLIMIX</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MOLIMIX MLV-1200 TURBO PRIME 220V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR  MOLIMIX MLI-800 POWER INOX 800W 220V</t>
+  </si>
+  <si>
+    <t>LiQUIDIFICADOR MOLIMIX MLI-800 POWER INOX 800W 110V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MOLIMIX MLV-600 PRACTI GLASS 220V</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MOLIMIX MLV-600 PRACTI GLASS 110V</t>
+  </si>
+  <si>
+    <t>ESPREMEDOR MOLIMIX MAX CITRUS MEI-300 220V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24390542d4db53c9a1ec3ee8992964e9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7dfed043c7f442197edf80f377acd6c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf4a9d6809dce918dea95716d63a6e27.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e504c135ef0eae642c18655c8533b4b5.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c51d870ec537df3702b7724ec2e464d7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/116a5aa74b8cd2327d8e6bfc7e3767e3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54c795ba2954ca1f271983e8a929a86e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0864fc3aef37e968f48fd69c0b1cb9f9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/743bd3a3605759cc74592b869810d9ee.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/801c898a461371643a7cfd83166c7f63.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27abc5edf74ea9d999a34df498af9f42.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9baa736ae1c6692f5b8469573b9ac7b5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c60b7d087058e20701c4ad9bc69d153.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbcaa05e3ac9455c307b0c7ad5c269a4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45dc0caec7de4512b84b59fc312c4370.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b12281570b20d87873f2728cbefb25fb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5cce8e76fb0eaf54a31308b64530996d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40269db4b0ba6bafa5a4de39a3749ee0.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/931b0c94f8296eb1767b6b8c765cfde4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac2daf7ce1222fdb1fd6c1c397b25cb9.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0046de35d62825f1a8d2eb6b74ae97e4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49d0bb03079cc97f265723dcef26c358.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/711cce0045484e5986b00cf04ed24235.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92e4b82c7a6ea39783778ac8594e2713.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38dd69d49fb45adbdda753a5937d9e57.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bdfa5e70918272bab34db515bbafee8e.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7e4a1dad5fc6d2f5c29d8423f74430a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ace0677f26aca70b5473be508ae0643.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a3a83f168f432640c18b15702a578f7.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3aff656a34c055da7e5757826f38b77c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc242939468d3072a45eadb769dd94b1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ccec8ad41cbd13a847913685c1eebce.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22edf3572ec5ebd098303b48b746fdc1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f7a8d90cafe5f3c2ae24f9da274d4bb.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a13d9a28566f515f73c35de636ec1044.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a298de394a1a168467cff6f02a8e50dc.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/358ffbcc74b975f34c4d5621e8a08800.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/046ff7185e4ff70b1361cb0b65c2d360.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92f081d366463ee0a36d91fd57dea4eb.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c36cbc03488c1ca38fbadad8c10ffcb.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>519069</v>
+        <v>516860</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>519007</v>
+        <v>516808</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>14.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>518994</v>
+        <v>516785</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>518987</v>
+        <v>516778</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>7.0</v>
+        <v>98.75</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>518901</v>
+        <v>516761</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>10.9</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>518833</v>
+        <v>516532</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>29.0</v>
+        <v>3.26</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>518826</v>
+        <v>516457</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>29.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>518819</v>
+        <v>516136</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="F9" s="3">
-        <v>22.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>518765</v>
+        <v>516112</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>518710</v>
+        <v>515986</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F11" s="3">
-        <v>63.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>518703</v>
+        <v>515931</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="F12" s="3">
-        <v>20.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>518680</v>
+        <v>515689</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="F13" s="3">
-        <v>18.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>518611</v>
+        <v>515672</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F14" s="3">
-        <v>45.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>518581</v>
+        <v>515665</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F15" s="3">
-        <v>45.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>518475</v>
+        <v>515658</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F16" s="3">
-        <v>2.75</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>518376</v>
+        <v>515641</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>21.5</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>518369</v>
+        <v>515634</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>18.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>518352</v>
+        <v>515627</v>
       </c>
       <c r="C19" t="s">
+        <v>49</v>
+      </c>
+      <c r="D19" t="s">
+        <v>40</v>
+      </c>
+      <c r="E19" t="s">
         <v>45</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F19" s="3">
-        <v>13.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>518345</v>
+        <v>515610</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="E20" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>17.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>518338</v>
+        <v>515603</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>18.0</v>
+        <v>31.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>