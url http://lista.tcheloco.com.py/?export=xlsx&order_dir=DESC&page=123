--- v0 (2025-12-22)
+++ v1 (2026-03-08)
@@ -34,189 +34,189 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 07:45</t>
-[...23 lines deleted...]
-    <t>SPEAKER MEGA STAR 6.5"x2 SPA-6608BT USB/BLUETOOTH/FM/SD/MICROFONE</t>
+    <t>Lista gerada no: 08/03/2026 01:02</t>
+  </si>
+  <si>
+    <t>CADEADO  20MM TOTAL TLK32202 / 1 UNID</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>DRONE E99 PRO DUAL CAMERA</t>
+  </si>
+  <si>
+    <t>Drones</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA BIGSTAR 2.0L INOX 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>BIGSTAR</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADOR ONIDA ON-1044 WHITE 2V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>ESCOVA SECADOR PROSPER  P-5800 ROSA 2V</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>CAMERA HD DAHUA FULL-COLOR HFW1200CLP EXTERIOR</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>DAHUA</t>
+  </si>
+  <si>
+    <t>SPEAKER AILIANG UF-A1213K 12"X2 COM MICEROFONE E BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>AILIANG</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2238 USB/SD/FM/BLUETOOTH</t>
   </si>
   <si>
     <t>Som</t>
   </si>
   <si>
-    <t>MINI PROCESSADOR SATE  A-P29 USB/RECARREGAVEL</t>
-[...19 lines deleted...]
-  <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>ALTO FALANTE NAKAMICHI NSM-8517 8" CONE SECO/400W</t>
-[...83 lines deleted...]
-    <t>MIDEA</t>
+    <t>LANTERNA POLICE ECOPOWER  EP-8108 10WATTS</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>PATINETE FOSTON FS-X4 PRO 10.400mAh  S/GA</t>
+  </si>
+  <si>
+    <t>Patinete Eletrico</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>GRILL ELECTROBRAS PRESS EBPG-02 110V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>GRILL ELECTROBRAS PRESS EBPG-02 / 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8112 LED 2V</t>
+  </si>
+  <si>
+    <t>LANTERNA PARA CABE�A ECOPOWER EP-8123 RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas P/Cabe�a</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8121</t>
+  </si>
+  <si>
+    <t>LANTERNA  ECOPOWER RECARREGAVEL EP-8119</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8118 2V</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8117</t>
+  </si>
+  <si>
+    <t>RADIO PHILCO PRR1005BT AM/FM/BLUETOOTH/110V</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>PHILCO</t>
+  </si>
+  <si>
+    <t>RADIO RELOGIO PHILCO PAR1006 FM/DIGITAL/2V</t>
+  </si>
+  <si>
+    <t>Radios</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acc60964c2fe571edb43a54ef26313e0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6584fed66cfcc532c24b9735abc3e1e9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9cb79cad7e46a585c7962903dfac902.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c12de17e5f51d1b6a90719d2055982a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a0a5b506f01f295e0a58dc273d2859b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d14f9a9de3163569cc675d96400f69ba.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7fda5f2dcdf67ec480a8e20c84a6571.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12e52d29cbdc2a04dfcfd3c7f922cbb5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2d8f5e0a5690f2ac02aef3e4889b632.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04d8f22f71354361b9d49f834ddc1408.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55dbc72455e49617b114f737f37974fd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea9cbecc049184a8d998d875fbda37ad.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/290bd68ba4fcd0cc02f0d8e41358d2df.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b36af16e17497300bc71a5e158e75d72.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cdb47a59f92ac82b62b5674a7778d328.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5434972a41df916c58edd7f005e5b196.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c23c0fb81a23eb031a74abadbff03a1b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5b296751057f91224c789fee461102e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80bf9946a0d37e13c07da762361565c5.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e18747e84c4afc5d4b6f2ca5644c5b85.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5952dec1b238f32cf23c284e2246689b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bae74df7e53d48fca27ab82e6c3c67ae.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b55b1a439e6bf39c48a869bf9bac503.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40e8abf8d87f98ce3f3ea50f35ede82b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05a6c1bfb54a03253e9d2c360f3461b8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e7362716c48600e8fbc653d24e0bad0.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/493e2a23065c2c202fc95b37ee4eda7f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0169d56b9664d6df8ee3ff07f4140eab.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38e4d449e1137b7b4f1cdc3269abffed.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a355762d8f896c6658c925b3f8eb6290.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d239eda177f79c871375ef00c22f6af1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28c4771c2e02f98cba21f508f1725403.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314f4fde5a60b4fae8e6c807f9913f4d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a754a706ccd859e23dc229b7f82d874d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31155fdc41fe24f747a3c5b06695a7ac.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8ec1e283d6be71d9f99f2efd6e49d66.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7223b6527f34c3a8278ae0fecda6517.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2d842bda6098d2547eaf57afec60a3a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17c0d9cfb3ceff4c8b0c03d0c8b847c8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a0cb006c4177a52384b2444143ea732.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>520478</v>
+        <v>517850</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>520454</v>
+        <v>517829</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>21.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>520317</v>
+        <v>517782</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>11.75</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>520300</v>
+        <v>517713</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>46.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>520287</v>
+        <v>517638</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>7.0</v>
+        <v>15.75</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>520270</v>
+        <v>517584</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>6.25</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>520188</v>
+        <v>517386</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>8.0</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>520157</v>
+        <v>517270</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F9" s="3">
-        <v>29.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>520119</v>
+        <v>517263</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="F10" s="3">
-        <v>2.8</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>520072</v>
+        <v>517225</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>275.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>519960</v>
+        <v>517201</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F12" s="3">
-        <v>32.5</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>519816</v>
+        <v>517164</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E13" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>35.0</v>
+        <v>30.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>519793</v>
+        <v>517089</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F14" s="3">
-        <v>27.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>519779</v>
+        <v>517034</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F15" s="3">
-        <v>17.0</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>519717</v>
+        <v>517027</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="F16" s="3">
-        <v>8.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>519700</v>
+        <v>517003</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="F17" s="3">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>519670</v>
+        <v>516990</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="F18" s="3">
-        <v>18.6</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>519533</v>
+        <v>516983</v>
       </c>
       <c r="C19" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="E19" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="F19" s="3">
-        <v>129.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>519489</v>
+        <v>516884</v>
       </c>
       <c r="C20" t="s">
         <v>48</v>
       </c>
       <c r="D20" t="s">
-        <v>25</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>28.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>519366</v>
+        <v>516877</v>
       </c>
       <c r="C21" t="s">
+        <v>51</v>
+      </c>
+      <c r="D21" t="s">
+        <v>52</v>
+      </c>
+      <c r="E21" t="s">
         <v>50</v>
       </c>
-      <c r="D21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>295.0</v>
+        <v>10.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>