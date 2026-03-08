--- v0 (2025-12-22)
+++ v1 (2026-03-08)
@@ -14,200 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 09:42</t>
-[...2 lines deleted...]
-    <t>PATINETE FOSTON FS-X10 RED 12000A</t>
+    <t>Lista gerada no: 07/03/2026 23:02</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE  INFINITY 6.5" ALPHA 6520 280W 2VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>INFINITY</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA NARKEN IS-104B 4 TOMADAS</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>FOSTON</t>
-[...2 lines deleted...]
-    <t>FONE DE OUVIDO TUCANO TC-23C / BLUETOOTH / INFANTIL / LILAS</t>
+    <t>SPEAKER ECOPOWER EP-2326 USB MICRO SD RADIO FM BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>TV 32" BAK BK-32S LED SMART/WIFI/DIGITAL/ANDROID 12</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO LUO LU-985 / BLUETOOTH / LED / LILAS</t>
   </si>
   <si>
     <t>Fone sem fio</t>
   </si>
   <si>
-    <t>TUCANO</t>
-[...2 lines deleted...]
-    <t>FONE TUCANO TC-23C BLUETOOTH/INFANTIL/AZUL</t>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>ALISSADOR OPTIMA BLUE/2V</t>
+  </si>
+  <si>
+    <t>CUIDADOS PESSOAIS</t>
+  </si>
+  <si>
+    <t>KIT DE XICARAS DE VIDRO 6-XICARAS S566</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>JARRA DE VIDRO 1.2L + 4 COPOS 250ML S577</t>
+  </si>
+  <si>
+    <t>TABLET ATOUCH X19 128GB/6-RAM/1CH/5G/ANDROID 12 GOLD</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>ATOUCH</t>
+  </si>
+  <si>
+    <t>VENTILADOR MONDIAL VSP-40C 40CM 6-PAS COLUNA 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>VENTILADOR MONDIAL VSP-40B 40CM 6-PAS MESA 220V</t>
+  </si>
+  <si>
+    <t>Climatiza��o</t>
+  </si>
+  <si>
+    <t>VENTILADOR MONDIAL VSP-30B 30CM 6-PAS MESA 220V</t>
+  </si>
+  <si>
+    <t>FONE REDMI BUDS 4 LITE BLUETOOTH/BLACK</t>
   </si>
   <si>
     <t>Fones auriculares</t>
   </si>
   <si>
-    <t>SUPORTE PARA TV TUCANO 32" - 55" X-400 GIRATORIO</t>
-[...17 lines deleted...]
-    <t>FERRO TUCANO TC-HT258 PARA VIAGEM / VAPOR / 110V</t>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>FRITADERA  AIR FRYER BRITANIA BFR46  4.6L  110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>FERRO BRITANIA BFV2000B / VAPOR / 110V</t>
   </si>
   <si>
     <t>Ferros</t>
   </si>
   <si>
-    <t>DETECTOR DE METAIS TUCANO COM BATERIA RECARREGAVEL</t>
-[...62 lines deleted...]
-    <t>Espremedor /  Extrator de Frutas</t>
+    <t>VENTILADOR MEGA STAR FAN1815A COLUNA 110V</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>PROJETOR DE LUZ MEGA STAR LSPA18RC USB</t>
-[...8 lines deleted...]
-    <t>Cafeteiras</t>
+    <t>TELEFONE PANASONIC SEM FIO KX-TGB310 BINA/WHITE 2V/1-FONE</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>PANASONIC</t>
+  </si>
+  <si>
+    <t>TELEFONE PANASONIC SEM FIO KX-TGB310 BINA/BLACK 2V/1-FONE</t>
+  </si>
+  <si>
+    <t>TELEFONE PANASONIC SEM FIO KX-TGB310 BINA/BLUE 2V/1-FONE</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE SUNLIGHT S-1951 ANTENA</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -230,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2592b0cb9951fcb029ecf6513c822c43.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/480cba61abc2cfa6d2ff9f35594b6dd6.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49a845cb568177fee1c3d180af8b7d41.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989f3ea0596e1b0b25b1908dc423eda1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0239e8142d7f36c75ead966fd5e813be.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b16dcb58a162502cc5621be69e5b3b9.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8162559a262eee1594b8729fad4c3be.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/150af5eaf0379d5906699167f983194c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6a712336fe81979e9740d16012a7f50.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adde342c90c6e5d8b7e96f985e59f7a5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24e48ee363b592de666bc40d3df9a566.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0c02d6d23df383e029bdf1c14895559.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533c4f0377b5d8c3dabe1405507343f3.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f261d3cc9f546a78d6f8026d924f885b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9011ed158dbc6c12e73a7b488a16ce58.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0144922b5f06854a61e8b0bf78e4e0c2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/835feb3474fbc29519b18bbf5f2e17ac.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cf63d97f3b2fede4b5997ab53f085af.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8620fc92532c88d8d29a68a78944f35.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f48edaaa0a7fd26973555c87b3ab27c0.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890eaa5df62a703e537f2582f5c7783c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/824d1e8d671c3375b04eabf0a0298f8c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e35a9d6cd857874407a898a0e4c9881c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5761f1fc68a03ac66f467eb911acd5d6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f6824f0f732c94e732e0eb17ec4b51a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/402fb96d9e786780f306333080980ade.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/250824355ee9791e4587a12c1bf055ad.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fdcf93e438855f4e4adbc1ac7e110f3d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9d798ecf0419a8ca94a46dbf4d38119.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fa70ecce973e58e720cfdfd850d71f1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7569a7bf9f043d7a3a6840d7f32def80.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3cc3cd6e1442f2c1f4abc6f61f60cd2.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d90c79b7f55318cf211de758116aac4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/128f7fc5c38680d3bdfe3a2f3b474541.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/906e907f75b35e0fd268869046624060.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c6f14593089061ac4be9ff78bfcd423.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36de109a28c1e2636716b37673294962.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9b7f3f1d7e8741a7e6b604fe05bae37.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eaf6f04cf391bce7156cc6e42e91cfb6.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab3bb277d80df79b518edbf83f88e7d4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1141,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>521253</v>
+        <v>519489</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>575.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>521208</v>
+        <v>519335</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.25</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>521185</v>
+        <v>519311</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>8.25</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>521178</v>
+        <v>519236</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>11.8</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>521161</v>
+        <v>519083</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>8.75</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>521147</v>
+        <v>519007</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" s="3">
-        <v>6.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>521130</v>
+        <v>518994</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F8" s="3">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>521123</v>
+        <v>518987</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>16.8</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>521116</v>
+        <v>518925</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>8.25</v>
+        <v>56.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>521093</v>
+        <v>518840</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>33.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>521055</v>
+        <v>518826</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>17.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>521024</v>
+        <v>518819</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>20</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>37.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>521000</v>
+        <v>518765</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>33.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>520973</v>
+        <v>518710</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F15" s="3">
-        <v>44.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>520799</v>
+        <v>518703</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="F16" s="3">
-        <v>13.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>520768</v>
+        <v>518680</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
         <v>18.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>520751</v>
+        <v>518611</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="F18" s="3">
-        <v>21.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>520485</v>
+        <v>518604</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F19" s="3">
-        <v>33.75</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>520478</v>
+        <v>518581</v>
       </c>
       <c r="C20" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>12.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>520454</v>
+        <v>518475</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F21" s="3">
-        <v>21.0</v>
+        <v>2.75</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>