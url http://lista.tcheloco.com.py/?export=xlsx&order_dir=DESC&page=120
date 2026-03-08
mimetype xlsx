--- v0 (2025-12-22)
+++ v1 (2026-03-08)
@@ -14,194 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 10:14</t>
-[...5 lines deleted...]
-    <t>Cabos USB</t>
+    <t>Lista gerada no: 07/03/2026 21:43</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-661 BLUETOOTH/USB/SD/FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CARREGADOR ECOPOWER EP-7064 2-USB-C / 40W</t>
+    <t>EXTRATOR DE SUCO MEGA STAR JC622 INOXIDAVEL / 220V</t>
+  </si>
+  <si>
+    <t>Espremedor /  Extrator de Frutas</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>PROJETOR DE LUZ MEGA STAR LSPA18RC USB</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>CAFETEIRA MONDIAL  C-43 DOLCE  AROMA / INOXIDAVEL / 110V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>GLOBO DE LUZ MEGA STAR LS408BT USB/BLUETOOTH/2V</t>
+  </si>
+  <si>
+    <t>MINI PROCESSADOR SATE  A-P29 USB/RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>BOMBA PARA GALAO DE AGUA SATE A-P28 RECARREGAVEL / 20L</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>CONTROLE PARA RECEPTOR UNITV</t>
+  </si>
+  <si>
+    <t>Receptores e TV BOX</t>
+  </si>
+  <si>
+    <t>HTV</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C520 / 12000MAH</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE NAKAMICHI NSM-8517 8" CONE SECO/400W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>MODULO NAKAMICHI NKTA100.4 4-CANAIS/2500W</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7022 1-USB/20W/1-TYPE-C/3.0A</t>
   </si>
   <si>
     <t>Fontes</t>
   </si>
   <si>
-    <t>CARREGADOR ECOPOWER EP-7021 1-USB-C / 40W / 3.0A</t>
-[...50 lines deleted...]
-    <t>MICROONDAS WALEN ML-MW0530 30L/110V/PRETO</t>
+    <t>BOMBA PARA GALAO DE AGUA ECOPOWER EP-2995 / 20L</t>
+  </si>
+  <si>
+    <t>SPEAKER ALEXA ECHO POP 1TH / BLUETOOTH / WIFI / LAVANDA</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>AMAZON</t>
+  </si>
+  <si>
+    <t>ESCOVA 5x1 MONDIAL ER-09 1200W 110V</t>
+  </si>
+  <si>
+    <t>Escovas Giratorias</t>
+  </si>
+  <si>
+    <t>ESCOVA GIRATORIA MONDIAL ERB-01 2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MONDIAL L-550-R EASY POWER / VERMELHO / 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>TV  20" LED  BAK  BK20D USB VGA DIGITAL 12V 2V</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>MONITOR BAK 27" LED CURVED 180Hz/GAMING</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA INFANTIL INOX 350ml</t>
+  </si>
+  <si>
+    <t>Termica</t>
   </si>
   <si>
     <t>DIVERSOS</t>
-  </si>
-[...49 lines deleted...]
-    <t>Fone sem fio</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a99403f102f268d9e05ef9e6f1715d1e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea54bdcf551058aa10f2bc723fb2997.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02be05ce5be1c927c6740f1521660b70.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9478c4172b880c2e630701f9999def96.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c8b6b62e2ec7eadcdee11bf1f0730a13.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4190eb63069fb2e1e14864639b4328c6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6c559912f8c7ec798d084f32c0ca849.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e531ee83c15ff37736acb974ed08e94.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c6afddda6931fc417860042d13f9ef2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e5094faede9a45e325a7289744b2b23.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f096d1c001ff92dee38419ed1870bfa7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c4919df51d523036c221ba4b372ded6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6bb6e625933b93ffc483a7722e29b23c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef6f7b1cd1df44b67a6b251fe9349bfe.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01ab1fc765fdb2e650e327c6c0a6acf1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7c1d83bc6d823ac9e4b1442f687be51.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c9c56e30ab42c5592c5192426cde04b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/81f8c2efe6740445e04e36e53089fa3e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d80db2ca77c045b2b5cebbb2b8c924.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b492c57bf1411e7313427a63c50b46f2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c733579163fe1b8f275a4c8d778fc4df.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98779f281fd6dd36c3a01836ccf16c0f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11488124b7e986e348b88f8f5ccccb63.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9be719ec2f0059656a2ec1789785621c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1935a7af72a3d726dbd7964970d0da2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e6eae640c6ed1269cf62b9d811988c1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21dd3788c8b5e518727354d7436282de.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3100450211df7bc05aa170442b41b19.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f56728c067d7bfdfc5dcc5a3af15710.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ad68f5df256a45314ecd2c6ba2c6925.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89fd679997799f92961eed90e1deac3e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4248ee354c6b56c635a673274de3aaff.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ff98e0e271140a4ff8af4c91ebb8453.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87d2809f0d7f3ba311a4e9cfd5e41e2a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04c6972deb25466708696250061da59d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7dc4b6307f310a37b53aa97ecf9392d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83a59a02a8410151aed454f35a718ff6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6e9fd7002f5863cb2a95c69974c4600.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f74aad36162b28ff01c5f0cba1fef6ef.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc36fd36444cf43c45c9f0b5350698a9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1136,416 +1154,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>522212</v>
+        <v>520652</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.55</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>522199</v>
+        <v>520485</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>5.55</v>
+        <v>33.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>522182</v>
+        <v>520478</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>5.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>522106</v>
+        <v>520454</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>19.5</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>521994</v>
+        <v>520317</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>18.0</v>
+        <v>11.75</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>521888</v>
+        <v>520287</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>52.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>521871</v>
+        <v>520270</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>43.0</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>521864</v>
+        <v>520201</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F9" s="3">
-        <v>53.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>521857</v>
+        <v>520188</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>43.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>521789</v>
+        <v>520157</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>25.5</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>521772</v>
+        <v>520126</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>25.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>521727</v>
+        <v>520119</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>97.0</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>521659</v>
+        <v>520072</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>45.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>521628</v>
+        <v>519984</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>14.9</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>521499</v>
+        <v>519816</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>17</v>
       </c>
       <c r="F16" s="3">
-        <v>149.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>521406</v>
+        <v>519793</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="F17" s="3">
-        <v>28.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>521376</v>
+        <v>519779</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="F18" s="3">
-        <v>25.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>521369</v>
+        <v>519625</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>25.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>521253</v>
+        <v>519533</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>575.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>521208</v>
+        <v>519526</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>8.25</v>
+        <v>6.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>