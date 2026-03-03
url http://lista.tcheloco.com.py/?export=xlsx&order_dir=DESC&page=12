--- v0 (2025-12-10)
+++ v1 (2026-03-03)
@@ -14,185 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 09/12/2025 21:26</t>
-[...26 lines deleted...]
-    <t>REPRODUTOR DVD MESA HYUNDAI HY-2240 - 5.1CH - BIVOLT</t>
+    <t>Lista gerada no: 03/03/2026 06:40</t>
+  </si>
+  <si>
+    <t>TWEETER NAKAMICHI SPT13 - 100W 50MS/40HM</t>
+  </si>
+  <si>
+    <t>Drivers e Tweeters</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>RADIO CAR NAKAMICHI NQE721B - USB/BT/20BAN</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>RADIO CAR NAKAMICHI NQ623BDT - USB/BT/4V/40BAND</t>
+  </si>
+  <si>
+    <t>CAMERA DE RE UNIVERSAL "HD" NAKAMICHI NC-A255</t>
+  </si>
+  <si>
+    <t>Cameras de R�</t>
+  </si>
+  <si>
+    <t>TWEETER JBL STD192T STADIUM - 50RMS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL STAGE1210D - SUB 12" - 1000W - 250RMS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL STAGE2 9634 - 6X9 - 70WRMS - 3 VIAS</t>
+  </si>
+  <si>
+    <t>VENTILADOR MEGA STAR FAN2024 - COLUNA - 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MICROONDAS WINNINGSTAR ST-90501 - 23L - 220V</t>
+  </si>
+  <si>
+    <t>Microondas</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2281 - BLT/FM/MP3/TF/10"</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>WAFFLERA ELECTROBRAS SMART EBWF-01 - 110V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>INTER COMUNICADOR PARA MOTO ONTECK - BLT</t>
+  </si>
+  <si>
+    <t>Esportivo</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>REPRODUTOR DVD MESA DAYS DYD-4000 - 5.1CH</t>
-[...80 lines deleted...]
-    <t>ECOPOWER</t>
+    <t>WAFFLERA ELECTROBRAS FAMILY EBWF-02 - 110V</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCO�O ONIDA ON-5026 - PRETO</t>
+  </si>
+  <si>
+    <t>Massageadores</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>MASSAGEADOR PESCO�O ONIDA ON-5025 - PRETO</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE BOOSTER BW-1500MB - 15" - BOBINA DUPLA</t>
+  </si>
+  <si>
+    <t>BOOSTER</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5923 - 50W - E27 - BRANCA</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>LAMPADA LED ECOPOWER EP-5921 - 40W - E27 - BRANCA</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO PARA PC COM MICROFONE - AOC ACG2500 - USB - PRETO</t>
+  </si>
+  <si>
+    <t>Fones P/Pc</t>
+  </si>
+  <si>
+    <t>AOC</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO AOC ACT1511 - BLUETOOTH - PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -215,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20cf729a78ce0833b0bae1b367151eae.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1108ea5be32edca12bbf2252d93ac6d2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc08229f153e759c539d9198ea18cd5c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad6826480761be9b77313d6ac1e1ad10.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c78a8fc92635e01fbe3a5482a6b18a6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31b7c3654df75bf4b06477010e5d54f8.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/681debbdea2186806dbd9be6870be90e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/10f43a6cc442182a2abfe5d39c57a084.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e623a62abb580dc20764d90d46fea513.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b837a3de2e00d114d18e723f6053e11.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/198393ab1511bd8fc6be999c747dea67.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea2e04255d4b238622430f3360ece556.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1c64533854dbd038f23a18ef0b5d4c2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d67067040522e20583b0044bec0f9d36.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6185f22720dde404175fa826a0c58968.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f01ae45c6853ae5d0220f9fd712c276.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/251fed3ef25b3105a78476993e07b1cf.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a693acf7a20db23a5965cb92c17eeee.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae7360b2fcb7360a91fd86da3c7ab52c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f2d88e93d789f695d1c76c266c5d4e4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e57a9ffd0211f65f53a2c2e91a23a236.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/110d0171d7205579556ff580b79c656f.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/343e4feed6d20e712bffd5180a22f9c4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7dcce09be6070dcb19356c4db91a9f1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5d51545e876e95135d1afef8c78589a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83ad375bba9ecf8df15ff1f5e2238d47.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/241573ffa9e191d119618eb18a954b8d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32b42bc8bd5383941ff4286ad206d22e.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4e09e34246d12b9d21d734ae48ec9a2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ba89397ec1a988ecabb3c7f32e43776.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/315da98c9dcbe8f257146ff104064d0b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24cf455cae982452b6cfc04ee27962e5.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27bccaa498be2a577e772c0286162cf2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/85b0778ce82a58e8f41b0e427b46144d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3edc6ff44227bf0e2b4f81db39459d5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/878ecd7b716a783b7206cd1ef8ff1219.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/836d7ffe83bef58be5c8088a9a0a6297.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a2e54d80fc6a277cc979960cd95b3e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd3b2037300fd4a3282ffc961b730aab.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75984ba4cb705cdeeb52de895fe7c234.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1126,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>578318</v>
+        <v>584265</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>7.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>578301</v>
+        <v>584241</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>3.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>578288</v>
+        <v>584234</v>
       </c>
       <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>14.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>578271</v>
+        <v>584227</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>578264</v>
+        <v>584210</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>12.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>578257</v>
+        <v>584203</v>
       </c>
       <c r="C7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
         <v>18</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>17.5</v>
+        <v>52.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>578240</v>
+        <v>584197</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>53.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>578233</v>
+        <v>584166</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>13.5</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>578226</v>
+        <v>584159</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" t="s">
         <v>25</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>13.5</v>
+        <v>86.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>578219</v>
+        <v>584128</v>
       </c>
       <c r="C11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" t="s">
+        <v>27</v>
+      </c>
+      <c r="E11" t="s">
         <v>28</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>7.0</v>
+        <v>76.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>578202</v>
+        <v>584104</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12" t="s">
         <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="F12" s="3">
-        <v>18.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>578196</v>
+        <v>584098</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>14.5</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>578172</v>
+        <v>584081</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="E14" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>80.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>578165</v>
+        <v>584050</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>9.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>578158</v>
+        <v>584043</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>11.5</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>578141</v>
+        <v>584036</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E17" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>11.25</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>578134</v>
+        <v>584029</v>
       </c>
       <c r="C18" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F18" s="3">
-        <v>11.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>578127</v>
+        <v>584012</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F19" s="3">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>578110</v>
+        <v>583961</v>
       </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>67.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>578097</v>
+        <v>583954</v>
       </c>
       <c r="C21" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="F21" s="3">
-        <v>5.0</v>
+        <v>10.25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>