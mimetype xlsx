--- v0 (2025-12-22)
+++ v1 (2026-03-08)
@@ -14,188 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 11:16</t>
-[...5 lines deleted...]
-    <t>Informatica</t>
+    <t>Lista gerada no: 07/03/2026 21:01</t>
+  </si>
+  <si>
+    <t>MIXER MONDIAL TURBO M-14 3 EM 1 / 220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>MIXER  MONDIAL TURBO M-14 3 EM 1 /110V</t>
+  </si>
+  <si>
+    <t>MIXER MONDIAL PRACTIC M-15-W / BRANCO / 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>DVR TUCANO KIT 16CH 8 CAMERAS K16</t>
+  </si>
+  <si>
+    <t>Kit DVR</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>ESCOVA MONDIAL INFRA RED 2 EM 1 ES-01-IR/2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>CELULAR LG G360 FLIP/2G/RED</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>LG</t>
+  </si>
+  <si>
+    <t>CELULAR LG G360 FLIP / 2G / PRETO</t>
+  </si>
+  <si>
+    <t>PATINETE FOSTON FS-X10 RED 12000A</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>FONE TUCANO TC-23C BLUETOOTH/INFANTIL/AZUL</t>
+  </si>
+  <si>
+    <t>Fones auriculares</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV TUCANO 32" - 55" X-400 GIRATORIO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TV TUCANO 32" - 85" FIXO</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>FERRO TUCANO TC-HT258 PARA VIAGEM / VAPOR / 220V</t>
+  </si>
+  <si>
+    <t>FERRO TUCANO TC-HT258 PARA VIAGEM / VAPOR / 110V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>DETECTOR DE METAIS TUCANO COM BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Detector de Metal</t>
+  </si>
+  <si>
+    <t>FONE TUCANO TC-23C BLUETOOTH / INFANTIL / PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>ASPIRADOR MONDIAL AP-31 TURBO PREMIUM / 1200W / 110V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>FRITADEIRA RAF R.5249 / INOX / 7.5L / 220V</t>
+  </si>
+  <si>
+    <t>FREE</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA TABLET SATE A-CP28A</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>TABLET HUAWEI MATEPAD 4-RAM 64GB 10.4"</t>
-[...104 lines deleted...]
-    <t>ALTO FALANTE PIONEER 6x9" TS-A6968S 450W/4VIAS</t>
+    <t>SUPORTE PARA MONITOR SATE A-CP61</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA  MONITOR  SATE A-CP60</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -218,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca08a38c68dc639f6308523c34864cef.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5ccc169fd4eb4b176d748232b520235.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59b2cc8cb4a0a146ce9d832e94cc145a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a589da6a9abfd68e84fff24ad459879d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7a0429b8130e43119151524e673c2be.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33f8908947d7fe7dbc5d348d8d0ecf0f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ddc2175534cefdc92af49c56680cf86.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bd53d7588a4227d2245cff81500a02f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69bc06f7aeb0fdfb43d94814043cea36.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c83ebddc684e20e6752725083db7e3bc.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d597461dcae72187d57b821fb2238aa9.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a96517b6b07867fc443ca079b622bd63.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/840ef2b104ff2a2ffb6d0d3a6f58f247.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d499e6dddc1e87f4c0652acf575be3ab.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e0c4860053c45e7ffaa5835cc545b71.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cb5a335dc53f55367439ff6a2bc8c50.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c49f17dbdc8ec40b15ae37a9bd388e8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a873299717e7475ab65be1a813660296.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bba1846855226b5f7da8cd4d2ea2efa.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46e63116fdae2b469723396c60e7526f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b632e6cbb58f8bf0a2cd3be062ae720.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92a9905bf728ab0315bfe91c417868ac.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d7ff0827cdcf6d33867969a70d07ba6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/170b0bd1d4814d205afac8891ae8168b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/016c57f473fe2713ebe96c75d876a632.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e76c93725b82d9f9c0fb6679e6b91586.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2d3a3ece6ac0aa8c3d466fdbeb79ac4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c46220edc2d53c4128ddd43f3bc8f196.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc6a03e86bcba96c92818c5d323bcace.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02afdaac4910fbf7463f83ec88182236.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d812f6334421756ecc5d80c2059c41e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/535a8eed764bd27764ba855c26cd8590.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58cc9f4a361c109cceb4f6a8d905c57d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d850e0f3864b749d7faa7da6318c21f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17cddae001f835c8336a2e42dcfe26c1.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/598da8b7bf6a4028c566301d194094e1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/388ee00a15d363866801c455152ac3a1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6e51236deeec827521a71ceccf6a522.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cb342fa8162104f4477411a8281ab1d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/778c92cee5bf22da962124efa7302491.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1129,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="98.976" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>522953</v>
+        <v>521789</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>28.0</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>522700</v>
+        <v>521772</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>106.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>522694</v>
+        <v>521628</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>130.0</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>522656</v>
+        <v>521499</v>
       </c>
       <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>18.5</v>
+        <v>149.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>522526</v>
+        <v>521406</v>
       </c>
       <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>23.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>522519</v>
+        <v>521376</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>17.5</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>522472</v>
+        <v>521369</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="E8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>5.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>522434</v>
+        <v>521253</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>29.0</v>
+        <v>575.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>522274</v>
+        <v>521185</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>49.0</v>
+        <v>8.25</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>522267</v>
+        <v>521178</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>29.0</v>
+        <v>11.8</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>522250</v>
+        <v>521161</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F12" s="3">
-        <v>43.0</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>522243</v>
+        <v>521147</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F13" s="3">
-        <v>45.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>522236</v>
+        <v>521130</v>
       </c>
       <c r="C14" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F14" s="3">
-        <v>35.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>522212</v>
+        <v>521123</v>
       </c>
       <c r="C15" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>2.55</v>
+        <v>16.8</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>522199</v>
+        <v>521116</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>5.55</v>
+        <v>8.25</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>522182</v>
+        <v>521000</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>5.0</v>
+        <v>34.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>522106</v>
+        <v>520973</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>8</v>
       </c>
       <c r="E18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>19.5</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>521994</v>
+        <v>520799</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="F19" s="3">
-        <v>18.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>521888</v>
+        <v>520768</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
         <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>52.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>521871</v>
+        <v>520751</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
         <v>44</v>
       </c>
       <c r="F21" s="3">
-        <v>43.0</v>
+        <v>21.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>