--- v0 (2025-12-22)
+++ v1 (2026-03-07)
@@ -14,206 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 11:58</t>
-[...5 lines deleted...]
-    <t>Lanternas Police</t>
+    <t>Lista gerada no: 07/03/2026 19:48</t>
+  </si>
+  <si>
+    <t>TABLET HUAWEI MATEPAD 4-RAM 64GB 10.4"</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>HUAWEI</t>
+  </si>
+  <si>
+    <t>TABLET HUAWEI MATEPAD 4-RAM 128GB 10.4"</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX MXQ PLUS 8K/128Gb/512Gb/WHITE</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>MXQ</t>
+  </si>
+  <si>
+    <t>MOCHILA ESCOLAR SATE A-KP8111</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PAPEL TERMICO PARA MINI IMPRESSORA SATE (A5-2)</t>
+  </si>
+  <si>
+    <t>Impressoras</t>
+  </si>
+  <si>
+    <t>CAMERA SATE A-DV915 INFANTIL COM IMPRESSORA/BLUE</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS - PARAFUSADEIRA COM MALETA  SATE A-TK883 / 47 PCS 2V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>MOTOSERRA SATE A -TK882 RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>MOTOSERRA SATE A-TK881  RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>CABO ECOPOWER EP-6033 / USB / 3x1 / TYPE-C / V8 / LIGHTNING</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>LANTERNA POLICE ECOPOWER EP-8140/8W</t>
-[...98 lines deleted...]
-    <t>Automotivo</t>
+    <t>CARREGADOR ECOPOWER EP-7023 1-USB-C / 30W</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7064 2-USB-C / 40W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>CARREGADOR ECOPOWER EP-7021 1-USB-C / 40W / 3.0A</t>
+  </si>
+  <si>
+    <t>ASPIRADOR BRITANIA VERTICAL BAS1295 110V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>CAMERA IP XIAOMI CMSXJ56B C20 PRO 2K/360�</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
-    <t>MOCHILA ESCOLAR SATE A-KP8114</t>
-[...17 lines deleted...]
-    <t>TABLET HUAWEI MATEPAD 4-RAM 128GB 10.4"</t>
+    <t>RELOGIO G-TIDE Q1 PINK</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER 6X9" TS-A6978S 650W/4VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER 6x9" TS-A6968S 450W/4VIAS</t>
+  </si>
+  <si>
+    <t>ALTO-FALANTE PIONEER 6.5" TS-A1688S/350W/4VIAS</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE PIONEER 6.5" TS-A1678S/320W/3VIAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1cc576e8df084032e74f5e34eead993.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9570498055de20e653b0897f40bc4f7c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ece5ebd180d54aa5c132fc6ef5bc730.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2976361aa2110334bbd8cefad7ee20fe.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1219c580afddd46eeb2f0ccf69dd6aa.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63626c488c280db75824d0417cf3149c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ee7d663d22a3beba0cd664a6c1fb8c6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e606287a9278c51a5cecd68f6ed6d0f8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d338bb9373d4d1c34918cd20bee15687.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea98b26609bb46f02f4c5d4551d15f85.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3892331af2cb3c1dc29eb82aef3bb16c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2e37ef4a0a1f290c56305d9316bb1ae.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5979f70cd9335e8d1c42633b5c885d6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93fa0e136663b6c780378574ae0177a8.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a6ffaee8bc4a9cc748ae59b1af1d7ee.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c50cbe181cd2631f09f82fd564750d63.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/047ec41ef9344f1ff945a6fbdc27bae7.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d81f2a051a328bc08894ed3894793896.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0063e29dc6594eeb2a55196ccc94cee9.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/961e3bca5a8db001289604fcef09e2c2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ea29a3080970d68e77430960fe1ba78.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1decab5665c4b7647d63b7fe36c23288.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2135b80f32845774b0d560953ecb8a1b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15ab6bab5cf2f8eed24e976f3956c29c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89146fc6d05bdb0a4892ac1b135d158c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/910612f110039c6c0a07956ebe9c2b21.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/777951cd04d71a732a63c9b302549d08.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bea9baa47d6cdc307cdadfc01bb37fb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78868e4319001002c91b8ba60de31147.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a463b24b51ee2070d02f1f0e8ba5c76.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e1cd402948c79f280292ea4fe813236.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baa28dc3b1d58c27da678b8d6781aa3e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b42e9ec0de32955a8432e5f58e062005.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84fa483efedba7b92f823a168ea9249f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd6e3e2ac007d23c5aad235ed8dbef2b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7248e380470db5558b3c6ac3a4fa9bff.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9de2ae44502da79de77b8231582a78f6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0904052c94d39c8bce93f03bec72125c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/274fd8c23bbd762afafa11c19c38914d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a60973b6f9ac87c1182538d063c67a4c.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="84.836" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>523462</v>
+        <v>522700</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.5</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>523455</v>
+        <v>522694</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>2.0</v>
+        <v>130.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>523448</v>
+        <v>522656</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="F4" s="3">
-        <v>10.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>523424</v>
+        <v>522526</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F5" s="3">
-        <v>4.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>523417</v>
+        <v>522472</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>16</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>523370</v>
+        <v>522434</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>57.0</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>523356</v>
+        <v>522250</v>
       </c>
       <c r="C8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F8" s="3">
-        <v>14.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>523349</v>
+        <v>522243</v>
       </c>
       <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
         <v>22</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="F9" s="3">
-        <v>19.5</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>523318</v>
+        <v>522236</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="F10" s="3">
-        <v>3.0</v>
+        <v>35.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>523288</v>
+        <v>522212</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>3.0</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>523240</v>
+        <v>522205</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>29.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>523189</v>
+        <v>522199</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F13" s="3">
-        <v>9.0</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>523134</v>
+        <v>522182</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="F14" s="3">
-        <v>11.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>523103</v>
+        <v>522120</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>26.0</v>
+        <v>28.6</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>523073</v>
+        <v>522113</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>7.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>523011</v>
+        <v>522106</v>
       </c>
       <c r="C17" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>32.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>522977</v>
+        <v>521888</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>18.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>522953</v>
+        <v>521871</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F19" s="3">
-        <v>28.0</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>522700</v>
+        <v>521864</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>106.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>522694</v>
+        <v>521857</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="F21" s="3">
-        <v>130.0</v>
+        <v>43.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>