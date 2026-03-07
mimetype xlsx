--- v0 (2025-12-22)
+++ v1 (2026-03-07)
@@ -14,215 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 13:56</t>
-[...14 lines deleted...]
-    <t>Cofre</t>
+    <t>Lista gerada no: 07/03/2026 18:01</t>
+  </si>
+  <si>
+    <t>SCOOTER HYE HY-SC10 10"/RED/GRAFITTE</t>
+  </si>
+  <si>
+    <t>Scooter</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>SCOOTER HYE HY-SC10 10"/ICE/FLAME/GRAFITTE</t>
+  </si>
+  <si>
+    <t>SCOOTER HYE HY-SC10 10"/BLUE/GRAFITTE</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1957 10"/BLUETOOTH/2-MICROFONE SEM FIO</t>
+  </si>
+  <si>
+    <t>Som</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA ECOPOWER EP-302/3 TOMADAS/2mts</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>CARREGADOR PROSPER P-5502/2-USB</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>BARBEADOR PROSPER P-2103 5 EM 1/COM BASE DE CARGA/2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>BARBEADOR PROSPER P-4403 SHAVER RECARREGAVEL/2V/GOLD</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1956 8"x2/BLUETOOTH/MICROFONE</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SPEAKER INOVA BLG-RAD0014 USB/SD/FM/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>MINI IMPRESSORA TERMICA SATE A4 A-PD530</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>ALTO FALANTE JBL STAGE3 607C 50WRMS KIT 2-VIAS</t>
-[...89 lines deleted...]
-    <t>Infantil</t>
+    <t>FONE G-TIDE H21 BLUETOOTH/BLACK</t>
+  </si>
+  <si>
+    <t>Fones auriculares</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>RELOGIO G-TIDE S5 PRO/GOLD</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART  G-TIDE S5 PRO - PRETO</t>
+  </si>
+  <si>
+    <t>VENTILADOR COM UMIDIFICADOR MINI COOLING FAN USB</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>CONTROLE RECEPTOR AIR FLY MOUSE UNIVERSAL</t>
-[...26 lines deleted...]
-    <t>BARBEADOR PROSPER P-4403 SHAVER RECARREGAVEL/2V/GOLD</t>
+    <t>ESCOVA 4 EM 1 BRITANIA SOFT BES33SD/2V</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>ESCOVA 3 EM 1 BRITANIA SOFT BES24P 2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>SECADOR SUPER HAIR DRYER MODELO DYSON/220V/50Hz</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MICROFONE SHURE SV200/COM FIO</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>SHURE</t>
+  </si>
+  <si>
+    <t>MICROFONE SHURE SV100 COM FIO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcfe9c8341c1fadf3b7f8f207f2d8cdd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ae7a5bb4b56a73700ad737b3819f07e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/003f80d4e8f0f59f93ca171e6aff9afa.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c47961e69aa5cabeeb4c532cd0507f22.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b3f3593150679c83c693872cca4cb0e4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6c7d1d9598b7e2f31e51593de00fc9d.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ce6aeec4f441c8221ee788feb3885a3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0ef4bc6030f37715581f3074ef288d6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bdc5b4097408d8947a2cacb988a213a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/040763f0d8ba31588e2b1a04a068e9aa.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf9aa196d252f4696954d9bf550f74b8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a06891f1f1cfdbcabe787c05719b25e.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11f08bfe059dddefff4bc593074776dd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ddcc6dd70090342f8da69d445fc138c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7b1ce097cd3ece4a413e45c6db343db.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1af21c0f30e362e344e5eeb2fa0d966c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f97068206a0451ee7511d0dcf9e9fc0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f37e09a2a5d5a2cd12f8279ed80c17cd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/692ce6a029d012ce1a07e1003a8c97f2.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58f532c99e769f7f821fbf0f8e625217.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a0e0b9d92171321ba51fd2a23da1518.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e783acc70ab60bd8fd04ea1f3567b728.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b80d1c60cd85744438ddc8dccf84453.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1d293df0347c478891053bcbe47b12f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cac7735560ce485bee125cad126eb0ce.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fac256e4f976e96704815c4d67e4a78.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed967711a9c1ff24aeaf1b18aa2c37f9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea1e46ccf91018e3f9986499e6cfb4c6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/983c74cf3b16e9db5cd3532a3a154da5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84dbddd607fbb59e5f2db76153fb1daa.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35b1c29e037930ac913d7fc123514c50.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e83e159b4d7f8bc3eeee29a4e6c74b3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/624285cb99c5755c68d1d7b5c2ec81d8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1224872c796acc6b358ce7fe4ffb972.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0dbd0d93765c617853ef5162cdaf9da.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/945046720656a48cdce84f370defdda2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6581681dd0f3d7aa65fc06dfbfa74fb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6992f6ea10b0cee918c40bc90284410.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a800a485ef77ff6ae12eebcc7ac1e5bf.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6756fd8c8423444a33af4dc05ef7dfbe.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1187,386 +1175,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>524711</v>
+        <v>524223</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>51.0</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>524698</v>
+        <v>524209</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>53.0</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>524681</v>
+        <v>524193</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>48.5</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>524674</v>
+        <v>524155</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F5" s="3">
-        <v>36.9</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>524667</v>
+        <v>524148</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>1.48</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>524636</v>
+        <v>524056</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>1.38</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>524568</v>
+        <v>524018</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>524544</v>
+        <v>524001</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="F9" s="3">
-        <v>40.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>524452</v>
+        <v>523967</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>12.0</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>524407</v>
+        <v>523936</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>98.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>524377</v>
+        <v>523769</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>13.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>524155</v>
+        <v>523721</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>132.0</v>
+        <v>9.75</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>524148</v>
+        <v>523714</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>524100</v>
+        <v>523707</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="F15" s="3">
-        <v>1.6</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>524070</v>
+        <v>523653</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>524056</v>
+        <v>523639</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>2.3</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>524049</v>
+        <v>523622</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="E18" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>2.3</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>524025</v>
+        <v>523608</v>
       </c>
       <c r="C19" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="F19" s="3">
-        <v>16.75</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>524018</v>
+        <v>523585</v>
       </c>
       <c r="C20" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>524001</v>
+        <v>523578</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>31</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>27.0</v>
+        <v>29.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>