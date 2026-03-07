--- v0 (2025-12-22)
+++ v1 (2026-03-07)
@@ -14,212 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 15:07</t>
-[...47 lines deleted...]
-    <t>Alto Falantes</t>
+    <t>Lista gerada no: 07/03/2026 17:09</t>
+  </si>
+  <si>
+    <t>CADEADO 75MM HANYI LOCK S2591 / 1 UNID</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>BORRIFADOR PLASTICO S422 / 500ML</t>
+  </si>
+  <si>
+    <t>TOSTADOR RAF R.263 / 650W / 2-PAES / 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7030 1000W/220V</t>
+  </si>
+  <si>
+    <t>ELETRODOMESTICOS</t>
+  </si>
+  <si>
+    <t>MOEDOR DE CAFE RAF R-7113 / 300W / 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO JBL TUNE 520BT / BLUETOOTH / PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
   </si>
   <si>
     <t>JBL</t>
   </si>
   <si>
-    <t>TABLET SAMSUNG GALAXY SM-X110 A9/64GB/4-RAM/GRAPHITE</t>
-[...50 lines deleted...]
-    <t>Speakers Grandes</t>
+    <t>JARRA ELETRICA XIAOMI MJDSH05FD DE VIDRO/220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>CARREGADOR XIAOMI 20W TYPE-C BHR4927GL</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V002 COLUNA 16" 220V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V001 COLUNA 14" 220V</t>
+  </si>
+  <si>
+    <t>MODULO AMPLIFICADOR BOOSTER BA-1210D DIGITAL/2500W</t>
+  </si>
+  <si>
+    <t>M�dulos</t>
+  </si>
+  <si>
+    <t>BOOSTER</t>
+  </si>
+  <si>
+    <t>COFRE ELETRONICO SATE A-CF2511D 08L COM DISPLAY</t>
+  </si>
+  <si>
+    <t>Cofre</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>SPEAKER LIGE-6 VINTAGE 6.5"/USB/BLUETOOTH/1-MICROFONE</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>LIGE</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILLIPS AA ULTRA / 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA PHILIPS AAA ULTRA / 4 PCS</t>
+  </si>
+  <si>
+    <t>MAQUINA VGR V-003/CABELO/LCD</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>VGR</t>
+  </si>
+  <si>
+    <t>PROJETOR LASER ROBO PROSPER P-3111/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
-    <t>COMPRESOR DE AR PORTATIL SATE A-MP81</t>
-[...29 lines deleted...]
-    <t>DIGIWARE</t>
+    <t>BARBEADOR VGR V-030 RECARREGAVEL/BARBA/2V</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>SCOOTER HYE HY-SC8.5 8.5"/YELLOW/GRAFITTE</t>
+  </si>
+  <si>
+    <t>Scooter</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>SCOOTER HYE HY-SC10 10"/YELLOW/GRAFITTE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c814957bdbb69f5ad7c32626f0456979.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/307e9e5ec9faa58c14aba31e98eb4048.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/23107262cacec12578deef068d0809f9.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08a72c262c93e3f78ef5dc9bde05fc5a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12ebfe8d411dbdd6f530ff95a970dbf7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e95652df39175028fbddfb9ccdfa3446.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25de384a66565ebd18240091e58281be.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74d5c4a46a853a840945678aa3294775.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/800f8389960ace4b2624b664ae47c0cc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6ce99a6d99fa46bbc1275cc62422ecb.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfbdb60fcd2effb80206bc55061bf15c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1844a42a279ecb5fef34cdcfc09d22e4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3df66b4392650b199f9404576b4fb59.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d303013ff5f52d722729ea5774f55f1d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c5584e1304a0544aa394cfe2483c38a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbf61e42cffc22b004c12fce26d7c589.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/111a4f2cabb7a97b05004dad502dd807.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084b7c9b0f741f14f0148cc5a453fd37.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5fdb0392e2b39d8445a258a3734dc2b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b92504294c0f83573339b83cd1f3dbcc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c7c7111094de80fd0287377459fa4ce.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4bfbf524110b923b5cc2d7e0674ab0e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60f2f572f01e1e60a7f00cab6fc14ea4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2c52142197325d02738455acd0b1d2a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e4f844135c8467c1421c616660ae4eb7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/453e8cb0ab1da040dc7b3eca608a5483.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/204ae73955a3ca024d78c76988776bda.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19eb2b26720dfa0d41465334f2c353ef.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67537578c295bd99875cc39eb17c062a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/885a2bff4411986f1dcfc30ec00404a0.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5df8d2687c1801e9ab394ed00fb6af99.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d421c267ff5afddb97d50dd60c599042.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9158ed33cacd47b63c52f85d4f06b77.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8bf0b0a2292dba80f86f9cde9c2f6ba0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1954f44d023124dda51ad0490612525.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9266adba35e8610edd0478510868040a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f2c11e8e4ea18774077f851144d644c1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/947a322138ccacd23a55c21f1225984c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/110bee0c8caad2d2594be52f13b84415.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7e5e11a691c148e270acd406d1bbaf7.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="88.407" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>525961</v>
+        <v>525237</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>4.5</v>
+        <v>2.75</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>525947</v>
+        <v>525220</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>430.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>525923</v>
+        <v>525213</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>7.0</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>525916</v>
+        <v>525206</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>10.9</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>525893</v>
+        <v>525190</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F6" s="3">
-        <v>39.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>525855</v>
+        <v>525183</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>73.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>525817</v>
+        <v>525145</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>98.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>525756</v>
+        <v>525046</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>2.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>525695</v>
+        <v>524926</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>685.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>525688</v>
+        <v>524919</v>
       </c>
       <c r="C11" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="F11" s="3">
-        <v>540.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>525657</v>
+        <v>524711</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F12" s="3">
-        <v>2.75</v>
+        <v>51.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>525596</v>
+        <v>524698</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>11.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>525558</v>
+        <v>524674</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F14" s="3">
-        <v>29.0</v>
+        <v>36.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>525527</v>
+        <v>524667</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E15" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F15" s="3">
-        <v>23.0</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>525510</v>
+        <v>524636</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="F16" s="3">
-        <v>27.0</v>
+        <v>1.38</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>525503</v>
+        <v>524544</v>
       </c>
       <c r="C17" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>39.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>525497</v>
+        <v>524452</v>
       </c>
       <c r="C18" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
         <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>63.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>525428</v>
+        <v>524377</v>
       </c>
       <c r="C19" t="s">
         <v>49</v>
       </c>
       <c r="D19" t="s">
         <v>50</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>15.75</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>525411</v>
+        <v>524254</v>
       </c>
       <c r="C20" t="s">
         <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="F20" s="3">
-        <v>15.75</v>
+        <v>115.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>525343</v>
+        <v>524247</v>
       </c>
       <c r="C21" t="s">
+        <v>54</v>
+      </c>
+      <c r="D21" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="E21" t="s">
         <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>87.0</v>
+        <v>108.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>