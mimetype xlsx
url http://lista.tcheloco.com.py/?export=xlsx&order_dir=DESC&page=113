--- v0 (2025-12-22)
+++ v1 (2026-03-07)
@@ -14,194 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 17:10</t>
-[...32 lines deleted...]
-    <t>Acess. p/ Celular</t>
+    <t>Lista gerada no: 07/03/2026 15:25</t>
+  </si>
+  <si>
+    <t>ESCOVA BRITANIA 3 EM 1 SOFT BES13VD/VERDE</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>PANELA A PRESSAO BRITANIA ELETRICA BRITANIA BPP02G 5L 220V</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>TELA DE CARRO BOOSTER 8" BM -8800TUSB/BLACK/USB</t>
+  </si>
+  <si>
+    <t>Telas p/ Carro</t>
+  </si>
+  <si>
+    <t>BOOSTER</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA DE VIDRO LA FRANCESA VACUUM JUG DR-100G/1L/ROXO</t>
+  </si>
+  <si>
+    <t>UTILIDADES DOMESTICAS</t>
+  </si>
+  <si>
+    <t>VACUUM</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR SATE AROMA A-H6802 130ML</t>
+  </si>
+  <si>
+    <t>ELETRODOMESTICOS</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR SATE AROMA A-H6806 500ML</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR SATE AROMA A-H6808 200ML</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR SATE AROMA A-H6805 400ML</t>
+  </si>
+  <si>
+    <t>IRRIGADOR BUCAL WATERPIK WP-310A 110V/220V</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>IRRIGADOR BUCAL WATERPIK WP-462W 110V</t>
+  </si>
+  <si>
+    <t>SPEAKER PROSPER P-1434 4"X2/BLUETOOTH/MICROFONE/FM/AUXILIAR/USB</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>VENTILADOR MINI FAN ZC-112 BATERIA RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>CAMERA IP SATE A-CAM010D/4MP/2-CAMERAS/ICSEE</t>
+    <t>LIQUIDIFICADOR MONDIAL L-550W EASY POWER/WHITE/110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOLIMIX MAF-37 - 3.7L - 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MOLIMIX</t>
+  </si>
+  <si>
+    <t>CAMERA IP LUO SMART LU-E98 WIFI/2-ANTENAS/MICROSD</t>
   </si>
   <si>
     <t>Cameras IP</t>
   </si>
   <si>
-    <t>SATE</t>
-[...77 lines deleted...]
-    <t>BOOSTER</t>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>PLACA INFRAVERMELHA ELECTROBRAS EBVC-33 PRACTIC COOK III / 110V</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>PLACA INFRAVERMELHA ELECTROBRAS EBVC-32/110V</t>
+  </si>
+  <si>
+    <t>BALAN�A DE PRECISAO MEGASTAR BC49/500G</t>
+  </si>
+  <si>
+    <t>Balan�as de Precis�o</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>FERRO MEGA STAR PA602 / CERAMICA / VAPOR / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>BALAN�A DE COZINHA MEGASTAR BC52/10KG</t>
+  </si>
+  <si>
+    <t>Balan�as de cozinha</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd7df0d997d8dfeac2f36fc67efbe980.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78872047daec21e636323b1cd828d354.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b65db32b309e6348ae2fcfbb71282d26.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12ec2c732920b9a3f48a574bfc4d3083.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b3ac165b1de107b12a55ecb0bdff9dc.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/140aa23bc12455c76fc8ac60252bbd76.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3ff0f0e921e0f02a2bde4eff76f57d1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adbba96be45a1dd3f676232de02ed471.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb639d9d2f4886b5cc20f8a3865ad3ff.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38231462328f9f2b7ead4899e759e2d3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0a2a3196621d4f10b05b591445e52b6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15c0f9221a8468bdfbf8172af861b1cf.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f05cac898511893586641cbca599f76.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/866af3d8c61a148cbe3fcb4851491e4a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd868e1d330a6deb9451bfaa11624a1b.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7f0d15c20a5d631076877464b707ac7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/600828b69150e0dcf8cdaf025ecbed21.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/358507e7e3e31119c6e52b2873c79243.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/662727d29e4bcac8d58586cf9eb1f221.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1edb435cc794a1e43c2082ec6403637.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3cfbd22391043466c729b7c792ac746.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/823d0b05cd4ff92ffc45e3c7b18d17a5.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/197d3eb1c6516edf1bb1b69b6ecbb49e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6265679791710e76a59bec6ea8097e21.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9821bbeb4848db9e094c538bb57e9b64.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c832963167821357182a0b781d287478.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1194525f113b27dd7a12dd17370e368.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6886f384752ee4e98e4000d13d670f6.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1feddd9209e0029e728c010d0329527a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2e4d5755d1797ba4725c6853d361dd3.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a87452b4177b6af454e12d4d72e0e5a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ed5dae5ed8e5c67fda37449b9d8dee.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc8658869cb105d1a1c4d9302817a5d0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4caf3094e3d451c695c64e0f5315d434.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01a3214de4e71e7b3d8f739662440627.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8fb21380540640581f1f7cb9738fb9b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a360860bac0a782d76c3d1608dca0ebe.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f252cda3281d356ade3d10cefe3e18c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6df5bde25ac3c8082c702653742453d7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/597f81db6c3d006f76f1fc960c568ccb.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1137,415 +1158,415 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>527361</v>
+        <v>526883</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>527354</v>
+        <v>526869</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>5.5</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>527347</v>
+        <v>526685</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>527279</v>
+        <v>526678</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="F5" s="3">
-        <v>6.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>527255</v>
+        <v>526661</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>15.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>527231</v>
+        <v>526654</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="E7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>31.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>527224</v>
+        <v>526623</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>15.8</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>527040</v>
+        <v>526616</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>52.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>527033</v>
+        <v>526609</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="3">
-        <v>38.0</v>
+        <v>67.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>527026</v>
+        <v>526593</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
       <c r="F11" s="3">
-        <v>29.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>527019</v>
+        <v>526425</v>
       </c>
       <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>31</v>
       </c>
-      <c r="E12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>12.75</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>527002</v>
+        <v>526418</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>12.75</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>526999</v>
+        <v>526357</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="F14" s="3">
-        <v>12.75</v>
+        <v>14.9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>526982</v>
+        <v>526210</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="F15" s="3">
-        <v>12.75</v>
+        <v>37.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>526975</v>
+        <v>526197</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>19.0</v>
+        <v>14.75</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>526968</v>
+        <v>526128</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="F17" s="3">
-        <v>12.0</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>526951</v>
+        <v>526111</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>27</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>44.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>526883</v>
+        <v>526043</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="F19" s="3">
-        <v>21.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>526869</v>
+        <v>526036</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E20" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="F20" s="3">
-        <v>65.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>526685</v>
+        <v>525961</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>9.0</v>
+        <v>4.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>