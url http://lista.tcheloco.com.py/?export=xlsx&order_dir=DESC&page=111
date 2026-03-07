--- v0 (2025-12-22)
+++ v1 (2026-03-07)
@@ -14,212 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 19:17</t>
-[...5 lines deleted...]
-    <t>Cabos USB</t>
+    <t>Lista gerada no: 07/03/2026 13:14</t>
+  </si>
+  <si>
+    <t>HOME AILIANG UF-DC6067 BLUETOOTH/USB/5.1CH</t>
+  </si>
+  <si>
+    <t>SPEAKER-CAIXAS DE SOM</t>
+  </si>
+  <si>
+    <t>AILIANG</t>
+  </si>
+  <si>
+    <t>HOME THEATER AILIANG UF DC6037/BLUETOOTH USB 3.1CH</t>
+  </si>
+  <si>
+    <t>Home Theaters</t>
+  </si>
+  <si>
+    <t>SPEAKER SATE HOPESTAR HS-1414/GRAY/USB/BLUETOOTH/</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MICRO RET�FICA ELETRICO SATE A-TK83 / 5V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>CHAVE DE FENDA RECARREGAVEL SATE A-TK81 / 20 PCS</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS - PARAFUSADEIRA COM MALETA SATELLITE A-TK82 / 46PCS / RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>MINI MOTOSERRA RECAREGAVEL SATE A-TK880 / 48V</t>
+  </si>
+  <si>
+    <t>LAVA JATO PORTATIL SATE A-ML8107/RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>INICIO</t>
+  </si>
+  <si>
+    <t>LAVA JATO PORTATIL SATE A-ML8103/RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>CORTADOR DE GRAMA SATE A-TK770/RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>CABO RCA STORM 150CM 4MM/BLACK</t>
+  </si>
+  <si>
+    <t>Cabos automotivos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAIXA ORGANIZADORA WADFOW  WTB2370 66L</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO JBL T520BT / BLUETOOTH / AZUL</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>GARRA TERMICA GRUNHOF GH-T13AC1 1.3L/INOX</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>GRUNHOF</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA GRUNHOF GH-T10AC1 1.0L INOX</t>
+  </si>
+  <si>
+    <t>LAMPIAO LED 5906F/ SOLAR VENT. 110/220V</t>
+  </si>
+  <si>
+    <t>Lampioes</t>
+  </si>
+  <si>
+    <t>ABAJUR ECOPOWER EP-6652</t>
+  </si>
+  <si>
+    <t>Abajures</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>CABO USB ECOPOWER EP-6014 USB-A / TYPE-C / 1M</t>
-[...128 lines deleted...]
-    <t>Home Theaters</t>
+    <t>ABAJUR ECOPOWER EP-6651/25W/E27/220V</t>
+  </si>
+  <si>
+    <t>ESTILETE  TOTAL  THT5136288</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>SPEAKER G KARAOKE YS-110 COM RELOGIO/BLUETOOTH/USB/2-MICROFONES</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f46bdd489dad007511e4dce45e6b9682.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e887e197be0dbd653f46a61aa8743d9.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d158501e6bd0c7efb628ff5f2ad2294b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f476c380f9199ef742bc30e77a1aeee7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bdca16b181a70f2f0f5554ab9d09293.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27a86d1ae543abc917cc4a4108080a6b.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b913e90c2ac36a09624e534f1309c7de.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d3e90e567962626c1a9f26a6f1457b9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/751f3d8a3be7393ff5af3340762ebd72.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af6a253fb787ee434e6c25f52a61766d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b9d6176eadba0bfeb86a2f91f6e867f.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eee406c936d92f7f6263744cddb219c9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a04a7d1ccd8e83c08a9b2fa4420f0a51.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0dd1e74f8d49fd3dd623219a2dcad4d5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02b7a6a16f20018db83ff198dc76f6bf.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/805c50974801f7feda16b57e03614cea.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cef25deaad26087cbba53264d6fd70a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeb5219a636477a25ce3d60d2ffeb355.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a9e99a7bf0d91cde862df832066aee8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e041274d0ae829d178b7f8cc2091156b.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/081b6ff05c5acb7be7b24e3f09ffa07f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b17f254aee8e05605434d6cbc6afdbc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da58b103fdca7a900af42d35685e3054.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c648da80e606a60aba222a2351f8134.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c8986604be3aaca85f3cc0e550beaa1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1172a1165e3312956c1d35a2dce210ef.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f88831b8ac39c9744eedd5cd8836c80d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17427e0f6f57f3516844e737bd0bbad1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba85845b202248b2886bde6321ac927a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d77a9f43ba395865ddde1b3f27fa7fac.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/791c2103d89555722f56c17a9c775c65.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f6ff7c445207606283f823eea30910b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93db386da7a272f29402869147b27011.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/00d671e0df8a2485f135133fe5c689f0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4449bb37df44754a09b84bb011e94982.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/759bf4f76a523a82321dd27aad9da11f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/575521a07b4a61d4a1774736edfb6089.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddb5d7e432215e98f68b02255b599105.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d0d69319d0e420eb530c43a102223d82.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28943243dc2ac004ad15f25c7c09b07f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>528948</v>
+        <v>527866</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>0.8</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>528931</v>
+        <v>527842</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>0.8</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>528771</v>
+        <v>527798</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>18.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>528764</v>
+        <v>527668</v>
       </c>
       <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>16.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>528733</v>
+        <v>527651</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>16</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="F6" s="3">
-        <v>8.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>528689</v>
+        <v>527644</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F7" s="3">
-        <v>71.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>528634</v>
+        <v>527637</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F8" s="3">
-        <v>4.75</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>528627</v>
+        <v>527583</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E9" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>74.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>528610</v>
+        <v>527576</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>528603</v>
+        <v>527569</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>12.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>528597</v>
+        <v>527507</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F12" s="3">
-        <v>177.0</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>528580</v>
+        <v>527491</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
       <c r="F13" s="3">
-        <v>107.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>528474</v>
+        <v>527460</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>110.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>528375</v>
+        <v>527408</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>8.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>528160</v>
+        <v>527392</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E16" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="F16" s="3">
-        <v>21.5</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>528054</v>
+        <v>527385</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="F17" s="3">
-        <v>48.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>528023</v>
+        <v>527354</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="F18" s="3">
-        <v>10.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>528009</v>
+        <v>527347</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="F19" s="3">
-        <v>18.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>527866</v>
+        <v>527279</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>100.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>527842</v>
+        <v>527255</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>51</v>
+        <v>26</v>
       </c>
       <c r="F21" s="3">
-        <v>42.0</v>
+        <v>15.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>