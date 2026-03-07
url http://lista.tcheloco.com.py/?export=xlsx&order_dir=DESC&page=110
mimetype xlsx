--- v0 (2025-12-22)
+++ v1 (2026-03-07)
@@ -14,182 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 19:26</t>
-[...5 lines deleted...]
-    <t>Cuidados pessoais</t>
+    <t>Lista gerada no: 07/03/2026 12:01</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTA TOLSEN MALETA DE 89PCS 85352</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOLSEN</t>
+  </si>
+  <si>
+    <t>COOKTOP PLACA DE COZIMENTO DE 2 QUEIMADORES INFRAVERMELHOS + 2 A GAS / MEGASTAR</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SERRA TICO-TICO  WADFOW 1222W01 / 110V</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>PULVERIZADOR WADFOW WRS1815 1.5L</t>
+  </si>
+  <si>
+    <t>FILTRO DE LINHA MEGA STAR LLE-340/6-TOMADAS</t>
+  </si>
+  <si>
+    <t>Filtro de Linha</t>
+  </si>
+  <si>
+    <t>CABO USB ECOPOWER/6024/V8/2A/1mtr.</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CABO USB ECOPOWER EP-6014 USB-A / TYPE-C / 1M</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA BAK BK-220 1.8L / INOX / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>BAK</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA BAK BK-110 / 1.8L / INOX / 110V</t>
+  </si>
+  <si>
+    <t>SANDUICHERA BAK BK-311 3 EN 1 WAFFLERA//SAND/GRILL / 110V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>SANDUICHEIRA BAK BK-312 3 EM 1 SANDUICHEIRA/WAFFLERA/GRILL / 220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>MAQUINA PARA SELAR PASTEL YH725 RECARREGAVEL/CABO TYPE-C</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>NEBULIZADOR TUCANO TC-CN03 / 110V</t>
-[...98 lines deleted...]
-    <t>CHAVE DE TESTE WADFOW  WTP1904 / AC100-500V</t>
+    <t>IRRIGADOR BUCAL WATERPIK WATERFLOSSER WP-112W 110V</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V004 BAT/REG/PORTATIL</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V003 BAT/REG/PORTATIL</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S123 BLUETOOTH/USB</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S122 BLUETOOTH      " 2V</t>
+  </si>
+  <si>
+    <t>ASPIRADOR NAPPO RECARREGAVEL NLAH-126 VERTICAL / 2V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>NAPPO</t>
+  </si>
+  <si>
+    <t>SUPORTE P/TV KOLKE  30"/70" KVS-536 PISO</t>
+  </si>
+  <si>
+    <t>Suportes P/ TV</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER MOLIMIX MAF-37 - 3.7L - 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>MOLIMIX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -212,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c96e5266c0b035a53694b784e342b89b.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e8a2fb910efc7620886f3bd063998af8.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/362ce16796a08bbca68c06842a99f66f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/954880b5110d2916725f46398f8f76a1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47c2c76ebb7075dde9cbf74fccb6abe9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c68f4681699ad7306e36141b48bd4e1c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed7a870c4fff2eb428c4e8b14bd05a3e.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e1ed0786f094657690b409dfb24fec8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8decc6fe654ad2824f542aa1fbb2a55.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90206929cfb996a268990aa31bc7028e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/489c3daf7676fef20bb534a59d984d8d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d46329f523e4dbb9bcdfa1aaa78b6cff.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dad57731fe38103c1c40b82b081cddd5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f52e7b89e28fd52d8b1f8861c0704ab.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/652f031f7bd8cdd60a8c6d702e7c9d72.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd799b8646691416a4b14a923d5b482a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ced9c734834069a51d7a94447be7e20.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fa127d3752c838f7e7eeeeeaa905133.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba44776356306790584449f10e71cc1c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e97cb37e33f14479d96eff4e0c9f30e3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de81c4aa3c80217351368f103864328f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fce0565d529fb2717a43011e67fec3b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bb2bdd4e22e65b6d2f544c826e03b94.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e809c6a16332ba98fd2f56912ae053de.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77527a9e9d37968c0d2961cec817220f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a60fe4e761357c2be5f37013215fbe1f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/258cb398444d01e06be661c4550dede9.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bba24ca043aca04f5ff5a209c653142.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b4553ab3e9a526abcd5ee8abdda32b8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/282a0799783112bfdd9c56ee74170fd8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0956e2c073ec875255fc8bd32ac58d41.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b2adc28b7c7b54d32ab66b5bd92fddfb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca909ff3541ba76a45633b110cb0f4fd.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55ed2b5c1c19a7996fe4f46f758b8d5e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1acaacc537fa92c3d59ae7a22d83b144.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c88101c91a7b872c86a1667808eeddbe.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e12e1605b2a2bf11471b0acca003a17.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24dea1bc8fe5bd059f435910a40e23a7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/131b480880b3c4ccd810dc260ef032ab.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63006c8aa4e8c69772bc5a9b171e2ca4.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1124,416 +1145,416 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="94.263" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>529372</v>
+        <v>529167</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>20.75</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>529358</v>
+        <v>529150</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>23.0</v>
+        <v>196.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>529334</v>
+        <v>529075</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>10.75</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>529310</v>
+        <v>529051</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5" t="s">
         <v>14</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>8.3</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>529303</v>
+        <v>529044</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" s="3">
-        <v>8.3</v>
+        <v>3.75</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>529297</v>
+        <v>528948</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F7" s="3">
-        <v>12.8</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>529280</v>
+        <v>528931</v>
       </c>
       <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>529266</v>
+        <v>528801</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>29.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>529242</v>
+        <v>528795</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
         <v>23</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>21.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>529235</v>
+        <v>528771</v>
       </c>
       <c r="C11" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" t="s">
+        <v>27</v>
+      </c>
+      <c r="E11" t="s">
         <v>24</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>19.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>529228</v>
+        <v>528764</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F12" s="3">
         <v>16.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>529181</v>
+        <v>528733</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>15.0</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>529167</v>
+        <v>528689</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="F14" s="3">
-        <v>43.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>529150</v>
+        <v>528610</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F15" s="3">
-        <v>196.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>529075</v>
+        <v>528603</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F16" s="3">
-        <v>23.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>529051</v>
+        <v>528597</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
-        <v>37</v>
+        <v>20</v>
       </c>
       <c r="F17" s="3">
-        <v>5.0</v>
+        <v>177.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>529044</v>
+        <v>528580</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
         <v>40</v>
       </c>
       <c r="E18" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="F18" s="3">
-        <v>3.75</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>529037</v>
+        <v>528474</v>
       </c>
       <c r="C19" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="E19" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>110.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>529020</v>
+        <v>528467</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="F20" s="3">
-        <v>9.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>529013</v>
+        <v>528405</v>
       </c>
       <c r="C21" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="F21" s="3">
-        <v>0.75</v>
+        <v>37.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>