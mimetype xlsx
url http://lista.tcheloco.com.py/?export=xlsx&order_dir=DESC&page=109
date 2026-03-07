--- v0 (2025-12-23)
+++ v1 (2026-03-07)
@@ -34,177 +34,177 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 21:02</t>
-[...26 lines deleted...]
-    <t>TABLET LUO S12 ULTRA 64GB 4-RAM CAPA BLUETOOTH</t>
+    <t>Lista gerada no: 07/03/2026 11:21</t>
+  </si>
+  <si>
+    <t>SPEAKER MD FLIP 6+ AUX/MicroSD/USB/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>TABLET LUO S12 ULTRA/64GB/4 RAM/CAPA/BLACK</t>
   </si>
   <si>
     <t>Tablets</t>
   </si>
   <si>
     <t>LUO</t>
   </si>
   <si>
-    <t>SPEAKER NEW RIXING NR-2088/BLUETOOTH</t>
-[...19 lines deleted...]
-  <si>
     <t>UMIDIFICADOR SATE AROMA A-H6803 200ML</t>
   </si>
   <si>
     <t>Umidificadores</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
     <t>ALTO FALANTE NAKAMICHI NSE-1648 6.5" 2-VIAS</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
     <t>NAKAMICHI</t>
   </si>
   <si>
     <t>ALISADOR LADY-LISS HAIR IRON 2 EM 1 / 2V</t>
   </si>
   <si>
-    <t>Alizadores</t>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>CELULAR IPRO F188 / DUAL SIM / SOS / BLACK-BLUE</t>
+  </si>
+  <si>
+    <t>Celulares Ipro</t>
+  </si>
+  <si>
+    <t>IPRO</t>
   </si>
   <si>
     <t>CELULAR IPRO F188 / DUAL SIM / SOS / PRETO</t>
   </si>
   <si>
-    <t>Celulares Ipro</t>
-[...4 lines deleted...]
-  <si>
     <t>CELULAR IPRO F188S 3G / 4G / SOS / PRETO</t>
   </si>
   <si>
     <t>SECADOR ECOPOWER EP-3526 COM DIFUSOR 1800W/220V</t>
   </si>
   <si>
     <t>Secadores</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>LIQUIDIFICADOR BRITANIA BLQ970P TURBO 900W/COM FILTRO/BLACK/110V</t>
   </si>
   <si>
     <t>ELETRODOMESTICOS</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
     <t>TELA AUTOMOTIVA TUCANO 10.1" HDMI/VGA/BNC/AV/USB/12V</t>
   </si>
   <si>
     <t>Telas p/ Carro</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
     <t>PLACA INFRAVERMELHA TUCANO TC-3500 / 220V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
     <t>PLACA INFRAVERMELHA TUCANO TC-3500 / 110V</t>
+  </si>
+  <si>
+    <t>LIXA DE UNHA TUCANO US-202/2V</t>
+  </si>
+  <si>
+    <t>Cuidados pessoais</t>
+  </si>
+  <si>
+    <t>NEBULIZADOR TUCANO TC-CN03 / 110V</t>
+  </si>
+  <si>
+    <t>Nebulizadores</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO TC-1100 / BLUETOOTH / BRANCO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO TC-MAX2 / BLUETOOTH / BRANCO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO TUCANO TC-MAX2 / BLUETOOTH / PRETO</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-P911/ZOOM/RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Lanternas Police</t>
+  </si>
+  <si>
+    <t>LANTERNA POLICE TUCANO TC-2207/ZOOM/RECARREGAVEL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +227,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d61c7729c3621eb6fdcc9684c05e56f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a914b8a9f2070018ba1a62a657ab898.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a2c408b814753888da15a32ef210fa2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7bc41b2cbae49a94078f55f851dea3f6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15739114615d1075c1f88c3387f6c656.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7173789d7d12a32ea275401e8a79d96.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f90fe878bb210d2a65b887c65ee952ec.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fb1350ace9a8993c26b7d14f518a3e2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24a3b12c508b020c361992e735cde0b8.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03908534297756fede4fcc0801445481.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a80947fc73ffbb0c2cb98601f624d4d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07c73c76ac6f5135ca4d6ea48ccd03d7.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c82c1ab0806b30c2e90f0d4347902f8e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/addbfd73ed0c240448b30e8588f4bb2f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25274cea0117878e9bbb3cfe5676191f.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5913a683a7b864cd4c566aa64acdaba.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e6eddb0801c04baa85b0de5cba52172d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/004730a24e3e38ca2c5bac232dc9c3f6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c27bf8d3ee90a2c165e168b772b41c92.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f6a2c5cbf7e36eb3fc15dd0fafa5628.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9146cc9ad3738a6004563238206b560.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d07edf3c25fcfd1f16bd0775864d5e4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87f6584b53988d1059a5936920459841.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b68c100c58a3a8654594cd594f5d055b.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/05e813d8244e1b6e135d93fdfe10b1e0.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/306ba660dd6fb8dbb1f1772ab69ae5c5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b82eea1de259bdcd3c23e4f25a304878.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74e55e6bac319b8a614818515cca52e5.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/287dc4c4066e1d0089234d330ad79090.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13082aac164de467e3873a50f5dc6143.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0ad5bea4cf96b2f83728942e1f31bf6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0348e346620d583c4d00b0a2f0626f7b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c49b3cc8e7c6511d804619a46097197a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/785ad8527938e86c5d8a70349355f592.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3d30e402f8a51cef0bed78cf13841663.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/365afe7e303d0974d21453cc324057d0.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/376f4ff3a783fe9ccff9d2353767ba95.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b46862665d2a50c24456a1f81d47b96.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13863e07d3def24adf6285d72a0860df.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f0eca552ae88e771498f933912545da.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1169,386 +1169,386 @@
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>530125</v>
+        <v>529952</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.95</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>530118</v>
+        <v>529921</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>2.95</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>530064</v>
+        <v>529914</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>4.2</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>530057</v>
+        <v>529846</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>4.7</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>530040</v>
+        <v>529716</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>4.1</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>530002</v>
+        <v>529594</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>62.0</v>
+        <v>11.9</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>529976</v>
+        <v>529587</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>19.0</v>
+        <v>11.9</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>529969</v>
+        <v>529563</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F9" s="3">
-        <v>14.0</v>
+        <v>21.9</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>529952</v>
+        <v>529549</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="F10" s="3">
-        <v>14.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>529921</v>
+        <v>529440</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D11" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="F11" s="3">
-        <v>62.0</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>529914</v>
+        <v>529402</v>
       </c>
       <c r="C12" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F12" s="3">
-        <v>15.0</v>
+        <v>40.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>529846</v>
+        <v>529396</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F13" s="3">
-        <v>18.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>529716</v>
+        <v>529389</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="F14" s="3">
-        <v>11.5</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>529587</v>
+        <v>529372</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>11.9</v>
+        <v>20.75</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>529563</v>
+        <v>529358</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
+        <v>41</v>
+      </c>
+      <c r="E16" t="s">
         <v>34</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>21.9</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>529549</v>
+        <v>529334</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>12.0</v>
+        <v>10.75</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>529440</v>
+        <v>529310</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="F18" s="3">
-        <v>24.5</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>529402</v>
+        <v>529303</v>
       </c>
       <c r="C19" t="s">
+        <v>45</v>
+      </c>
+      <c r="D19" t="s">
         <v>43</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="F19" s="3">
-        <v>40.0</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>529396</v>
+        <v>529297</v>
       </c>
       <c r="C20" t="s">
         <v>46</v>
       </c>
       <c r="D20" t="s">
         <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="F20" s="3">
-        <v>22.75</v>
+        <v>12.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>529389</v>
+        <v>529280</v>
       </c>
       <c r="C21" t="s">
         <v>48</v>
       </c>
       <c r="D21" t="s">
         <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="F21" s="3">
-        <v>23.0</v>
+        <v>10.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>