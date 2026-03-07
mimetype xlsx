--- v0 (2025-12-23)
+++ v1 (2026-03-07)
@@ -14,191 +14,179 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 21:21</t>
-[...29 lines deleted...]
-    <t>RELOGIO DE MESA KK-8082 QUAD/TEMP.</t>
+    <t>Lista gerada no: 07/03/2026 10:15</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYE35 / 25W / USB-C</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC180C/20W/USB-C</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC165U/22.5W/USB</t>
+  </si>
+  <si>
+    <t>CABO USB PARA CELULAR HYE25BL /USB/LIGHTNING/1.2M</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>CABO USB HYE PARA CELULAR/HYE180UL/USB/LIGHTNING/1M</t>
+  </si>
+  <si>
+    <t>CELULARES</t>
+  </si>
+  <si>
+    <t>CABO USB HYE PARA CELULAR HYE30C/USB/USB-C/1M</t>
+  </si>
+  <si>
+    <t>CABO USB HYE HYE180UC / USB-C - USB-C / 1M</t>
+  </si>
+  <si>
+    <t>CABO USB HYE HYEA5CL / USB-C - LIGHTNING</t>
+  </si>
+  <si>
+    <t>CABO USB HYE PARA CELULAR/HYE180/USB-C/LIGHTNING 1M</t>
+  </si>
+  <si>
+    <t>CABO USB HYE HYE180C / TYPE-C - TYPE-C / 1M</t>
+  </si>
+  <si>
+    <t>TABLET LUO S12 ULTRA 64GB 4 RAM CAPA 4G PINK</t>
+  </si>
+  <si>
+    <t>Tablets</t>
+  </si>
+  <si>
+    <t>LUO</t>
+  </si>
+  <si>
+    <t>SPEAKER NEW RIXING NR-2088/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>KENKO</t>
-[...83 lines deleted...]
-    <t>Cabos USB</t>
+    <t>SPEAKER MD FLIP 6 PRO AUX/SD/USB/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>SPEAKER MD FLIP 6+ AUX/MicroSD/USB/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>TABLET LUO S12 ULTRA/64GB/4 RAM/CAPA/BLACK</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR SATE AROMA A-H6803 200ML</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE NAKAMICHI NSE-1648 6.5" 2-VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>ALISADOR LADY-LISS HAIR IRON 2 EM 1 / 2V</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>CELULAR IPRO F188 / DUAL SIM / SOS / BLACK-BLUE</t>
+  </si>
+  <si>
+    <t>Celulares Ipro</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>CELULAR IPRO F188 / DUAL SIM / SOS / PRETO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +209,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b4ca0b9c39012eb3735b302b253d56d7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8b75c383156bc23858649eecb20f37e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eff300642c471e1608234944388350b6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c05de6642321c1c05d3e49f2547bd7f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af156f2276f50ec2dd48eece439cf8a2.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec3bf37dcae50bada099b36ac44052d2.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50bbfa319a1b6f80956695e40101eaa2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56fb1da9cb163a0426b934420d80f278.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/314fb2a965f1fca105277ea867f7b972.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b50cb4c96a4f92828c68fdbb7fd55932.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11dbc957348d93d3c7e6bd1e6f227bac.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45ba74308f31d8a1e8476928dc891b2a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66b8c3626611fcf4f72308ae52425488.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2323d1f89e87aed4a0d17c97b69dbc5b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8f5d9d2ee49c42ecb17466141e556aa.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/399a3ee562a0f9774aa8f3738eec9f2b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa96d6f5a01d336cde24a61304e0ab94.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bb4796dc3e343e39f9a6ef292b7e8e7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9c57ac80f56a0266d4d9c7b2baf121d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfeb3beb6f06889c37f3606193580963.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6a301154afc2acc172345b63ebaddd4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf27ea4955240f5cbe156446de9d47d4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b47003f9589386113a4b9993b141be4b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b84740f3d4830ff0e612594850ce9d0.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2bea9a7da8a1d07e52f765950628078.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9f4bcbe738c7fe4f70e602b42e84eb5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e901c7c31351c6aefada33457c2e665.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16e0035eb01b1922de5cf2d362162b2b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b2e3cac6e61d55b247e3d947326b93d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bed2201bda85e19628c80a8f59c7a4f1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37a7b2b7df6ce54ae866f7c011f28833.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55883dab22adf181a5a47aa4e4492bb3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9e6df7e71059cd1d0c7615eda797343.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcdcd1090a1d1ca852250e2d0c936457.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7e209697d0993e6c3732c9064d1f48d.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e16de549d1de541208903beff159993a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93af787b67a5b2d3a01bd5c6cbca7e32.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41e9fc66a9ac1549229f5d2f20816a6b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1049a46e2ee5e880df201fed947cb4c1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87542589bbc052eefee332b4b6bb9d58.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1120,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>530613</v>
+        <v>530194</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.5</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>530606</v>
+        <v>530187</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>17.0</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>530590</v>
+        <v>530170</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>7.2</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>530514</v>
+        <v>530149</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>5.0</v>
+        <v>3.45</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>530507</v>
+        <v>530118</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>4.0</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>530491</v>
+        <v>530101</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>5.0</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>530385</v>
+        <v>530071</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>36.0</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>530309</v>
+        <v>530064</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>66.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>530286</v>
+        <v>530057</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>19.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>530279</v>
+        <v>530040</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>68.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>530262</v>
+        <v>529990</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F12" s="3">
-        <v>28.75</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>530255</v>
+        <v>529976</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>24</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="E13" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F13" s="3">
-        <v>7.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>530248</v>
+        <v>529969</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="D14" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F14" s="3">
-        <v>20.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>530231</v>
+        <v>529952</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>29</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="E15" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F15" s="3">
-        <v>20.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>530224</v>
+        <v>529921</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="E16" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="F16" s="3">
-        <v>8.5</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>530217</v>
+        <v>529914</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="E17" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F17" s="3">
-        <v>11.5</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>530194</v>
+        <v>529846</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="D18" t="s">
+        <v>35</v>
+      </c>
+      <c r="E18" t="s">
         <v>36</v>
       </c>
-      <c r="E18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>8.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>530187</v>
+        <v>529716</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D19" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E19" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F19" s="3">
-        <v>6.95</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>530170</v>
+        <v>529594</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E20" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="F20" s="3">
-        <v>6.3</v>
+        <v>11.9</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>530149</v>
+        <v>529587</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="E21" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="F21" s="3">
-        <v>3.45</v>
+        <v>11.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>