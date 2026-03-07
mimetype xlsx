--- v0 (2025-12-23)
+++ v1 (2026-03-07)
@@ -14,215 +14,227 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 22:51</t>
-[...2 lines deleted...]
-    <t>FOGAO RAF R.8020BB (2 BOCAS) / 220V / PRETO</t>
+    <t>Lista gerada no: 07/03/2026 09:15</t>
+  </si>
+  <si>
+    <t>SAPATEIRA ESTANTERIA DME-011 CINZA</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>DECOTEAM</t>
+  </si>
+  <si>
+    <t>MAQUINA WAER WA-216 RECARREGAVEL/KIT COM 4 PENTES 2V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>WAER</t>
+  </si>
+  <si>
+    <t>TELEFONE INTELBRAS TS-7510 BINA/RED/6.0/2V</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>INTELBRAS</t>
+  </si>
+  <si>
+    <t>ALTO-FALANTE PIONEER 6X9" 700W/4VIAS</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>PIONEER</t>
+  </si>
+  <si>
+    <t>CABO HDMI 2MTS BLISTER 4K BLACK</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>PX MEGA STAR MG57 DIGITAL 40 CANAIS</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>SECADOR MEGA STAR SC-225 110V COM DIFUSOR/3600W</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>PLACA INFRARROJA MEGASTAR  ER582 (2 BOCAS) 220V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
-    <t>DIVERSOS</t>
-[...38 lines deleted...]
-    <t>Ferramentas</t>
+    <t>TELA BOOSTER BM-9960TDVD TETO 9" DVD/SLV</t>
+  </si>
+  <si>
+    <t>Telas p/ Carro</t>
+  </si>
+  <si>
+    <t>BOOSTER</t>
+  </si>
+  <si>
+    <t>CALCULADORA TRULY 836A-12</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>TRULY</t>
+  </si>
+  <si>
+    <t>RELOGIO DE MESA KK-8082 QUAD/TEMP.</t>
+  </si>
+  <si>
+    <t>KENKO</t>
+  </si>
+  <si>
+    <t>LAMPADA LED INOVA  E 27 604 40W ALTA POTENCIA/WHITE</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>LAMPADA LED INOVA LED-605 60W ALTA POTENCIA WHITE</t>
+  </si>
+  <si>
+    <t>COFRE ELETR�NICO WADFOW WEB1520 11L</t>
+  </si>
+  <si>
+    <t>Cofre</t>
   </si>
   <si>
     <t>WADFOW</t>
   </si>
   <si>
-    <t>LIQUIDIFICADOR FREE FR-XT2200 T�RMICO 2.2 HP 110V</t>
-[...89 lines deleted...]
-    <t>Ilumina��o Automotiva</t>
+    <t>FRITADEIRA  AIR FRYER  VIDA PADERNO  25L  INOXID�VEL  110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>VIDA</t>
+  </si>
+  <si>
+    <t>CAMERA IP TUCANO SMART TC-PT653/WIFI/HD/3-CAMERAS</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>ACESSORIO PARA PATINENTE - PLACA CONTROLADORA S9 PRO</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>PC HUB HYEHU-71 USB-C/HDMI/SD/7 EM 1</t>
+  </si>
+  <si>
+    <t>Hub</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>CARREGADOR FONTE HYE HYEC8 / 3.0A / 20W</t>
+  </si>
+  <si>
+    <t>Fontes</t>
+  </si>
+  <si>
+    <t>CARREGADOR HYE HYEC79L / 65W / USB-C - LIGHTNING</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +257,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df475aceb364274e6ba7ace4b10a55d6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b98fda5be2c328d568ceb0beece139ce.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4fd710eeb9c4eecfaaee77e8aac1a4ca.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a995cdd9c6f5ccd2c12050dc7dde18ab.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a16beabc0ef7795b2c010824ad3fe49c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c430dcd8291f1eb17168d3c4d048b2ef.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66290f21448fc54a03cc9ac59ac393c3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4def57663a75445c352632794eea740d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/15cadd16d0f4aa634f079e504b69f957.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5af09c3fd37422ca99824c824f3789c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9909569845d9fc99261eab0f450869f5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce5d0c0424a2809d2d01076e5e44904f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab88971f3c664232f250dc29c49e50b7.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b47d0bf41eede94df89d9a8ced326e5c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09f33c33fb76c3cb52debdc4f2213e67.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7080fb05771055799e66050ec3d6dd38.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46c573da075503d31b55fa4736db4519.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d5ac3cfcb39ff8e6b4fbfa4467e556b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aaaffd45ffc803d20a0d2074c755d3b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01729d04f73705ab75596cfcbe2cfa7a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8e358840e7957e1a097a6f95ef38c27.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd3a166237af2bc08de94b59e104d6a0.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/569a13933a198117145c7bed0ef33261.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d0ccdeb95e9e1d5407d19cf0cf5edc6.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f72bdbaeb1ff24a712eaead3bc69933e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4aecaf53a402ca88e3d4fa64d4c1552.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa5bb51bf03a56912998f7482dc18d00.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6f77a267ded48d079b3be7c6c5b08df.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33a10d9467128494b48b41d5cc9fc342.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fcd6c871e8cc6fe13f7b2093a08c2076.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/637200894f6be26355db895f0a72c918.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce45b3d16b4501ffee72ea5a87573971.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27f84cdf64e960e6c2f5902f188ed527.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d772f79949b909bfd3cc39e094c18d2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddd082b4315d994c77c964dd1eed4768.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db8e449127f8684cefa745ea22f521e7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f111ffd893e20369f63f5ae93866d896.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c85b911031fe92458547fa635985ca21.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/596e9a4a89a093f964068ddf0298d21d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/29c6d71a1d133ca55e946622011c6d04.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1168,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="85.979" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>531627</v>
+        <v>530972</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.5</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>531382</v>
+        <v>530804</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.9</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>531320</v>
+        <v>530750</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>18.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>531269</v>
+        <v>530743</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>8.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>531191</v>
+        <v>530736</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
         <v>2.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>531184</v>
+        <v>530729</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>29.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>531139</v>
+        <v>530712</v>
       </c>
       <c r="C8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" t="s">
+        <v>26</v>
+      </c>
+      <c r="E8" t="s">
         <v>24</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>60.0</v>
+        <v>12.75</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>531085</v>
+        <v>530705</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
       </c>
       <c r="E9" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="F9" s="3">
-        <v>8.75</v>
+        <v>66.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>530972</v>
+        <v>530606</v>
       </c>
       <c r="C10" t="s">
         <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>18.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>530965</v>
+        <v>530590</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F11" s="3">
-        <v>120.0</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>530941</v>
+        <v>530514</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E12" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="F12" s="3">
-        <v>9.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>530880</v>
+        <v>530507</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F13" s="3">
-        <v>16.9</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>530842</v>
+        <v>530491</v>
       </c>
       <c r="C14" t="s">
+        <v>40</v>
+      </c>
+      <c r="D14" t="s">
         <v>38</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>10.9</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>530804</v>
+        <v>530385</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="F15" s="3">
-        <v>3.5</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>530743</v>
+        <v>530347</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F16" s="3">
-        <v>62.0</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>530736</v>
+        <v>530309</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
       <c r="F17" s="3">
-        <v>2.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>530729</v>
+        <v>530279</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E18" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="F18" s="3">
-        <v>45.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>530712</v>
+        <v>530262</v>
       </c>
       <c r="C19" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="D19" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="F19" s="3">
-        <v>12.75</v>
+        <v>28.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>530705</v>
+        <v>530255</v>
       </c>
       <c r="C20" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>57</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="F20" s="3">
-        <v>66.0</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>530651</v>
+        <v>530248</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="D21" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>55</v>
       </c>
       <c r="F21" s="3">
-        <v>2.25</v>
+        <v>20.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>