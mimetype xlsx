--- v0 (2025-12-23)
+++ v1 (2026-03-07)
@@ -14,182 +14,191 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 23/12/2025 01:27</t>
+    <t>Lista gerada no: 07/03/2026 07:22</t>
+  </si>
+  <si>
+    <t>ARO LED ECOP EP-T102 26"/TRIPE/MICRO/</t>
+  </si>
+  <si>
+    <t>Aro LED</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CADEADO 50MM SOLIX / (1 UNID COM 3 CHAVES)</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>SOLIX</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ONLY ROMPEOIDOS3 / MICROFONE / CORES</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>ONLY</t>
+  </si>
+  <si>
+    <t>WATERPIK PERLA - IRRIGADOR SEM FIO RECARREG�VEL WP-492EU/220V</t>
+  </si>
+  <si>
+    <t>Sa�de Bucal</t>
+  </si>
+  <si>
+    <t>WATERPIK</t>
   </si>
   <si>
     <t>MAQUINA DE COZINHAR OVOS ELECTROBRAS/220V</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
     <t>ELECTROBRAS</t>
   </si>
   <si>
     <t>MAQUINA DE COZINHAR OVOS ELECTROBRAS/110V</t>
   </si>
   <si>
     <t>FRITADEIRA RAF R-5219 / INOXIDAVEL / 3.5L / 220V</t>
   </si>
   <si>
     <t>Fritadeiras / Air Fryer</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>MAQUINA DE COSTURA  SM-202A BIVOLT</t>
+    <t>PULVERIZADOR WADFOW WSS1550 5.0L</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>FRIGIDEIRA WINNINGSTAR ST-5202-28CM/TAMP</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
-    <t>EUROMAX</t>
-[...13 lines deleted...]
-  <si>
     <t>WINNINGSTAR</t>
   </si>
   <si>
     <t>FRIGIDEIRA WINNINGSTAR ST-5202 24CM TAMPA</t>
   </si>
   <si>
     <t>Panelas e frigideiras</t>
   </si>
   <si>
     <t>FRIGIDEIRA WINNINGSTAR ST-5201 24CM</t>
   </si>
   <si>
     <t>SPEAKER  HOPERSTAR P20 MINI HS-1581/BT</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>HOPESTAR</t>
   </si>
   <si>
     <t>PANELA ARROZ WINNINGSTAR ST-2000 BRANCO 110V</t>
   </si>
   <si>
     <t>Panelas Eletricas/ Arroz</t>
   </si>
   <si>
+    <t>PANELA ARROZ WINNINGSTAR ST-2000 BK 110V</t>
+  </si>
+  <si>
     <t>PANELA PRESSAO ELET. WINNINGSTAR ST-9315</t>
   </si>
   <si>
-    <t>SANDWICHERA WINNINGSTAR ST-2122 750W       110V</t>
-[...1 lines deleted...]
-  <si>
     <t>LIQUIDIFICADOR WINNING STAR ST-2081 / 1.5L / 110V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>KIT DE PANELA WINNINGSTAR  9PS ST-5100</t>
   </si>
   <si>
     <t>KIT DE PANELA WINNINGSTAR  8PS ST-5101</t>
   </si>
   <si>
     <t>KIT DE PANELA WINNINGSTAR  4PS ST-5209</t>
   </si>
   <si>
     <t>KIT PANELA WINNINGSTAR 10PS ST-5106</t>
-  </si>
-[...16 lines deleted...]
-    <t>LUMA BELLA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -212,51 +221,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97c9005a38098e66becd0d07a4a366a4.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ca3967737705f0026d62fa68c1c4572.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49fe3fdc923081aeda151ae248afda81.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ad99dbd2104565c1387f7dbfa55684.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6bcc2e565c7150cb16a4477c88ae0c4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fe22ca52c6b367fbec518b04bcf1af5.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7267e57c8ac3036065e1737f0a850327.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f08b2af6c39aec1269992068ed7d5657.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af4e265499f57a468a1a2e5573f21362.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6303d2effdf5994989cc944fe1f04aa.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a8aac26ef9f079ce27cd583b68368224.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf04bebb89c6548e565129446edac407.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3910bccb8b8ccf41f7217ca13559c0c8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4fe2f39b26650646575775754cabf56.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f189884bcb3b177e8e2d68cccd3b976.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4449d4c3c00646759e37990923667d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2c92ddaeaeba85feea9e26d1798f9e6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dc886402c2418aa2889e8ed634597d6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9b3767adc4b0bffc30bf11a809cdb86.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf84faef223204f609d46b5fcc43f1a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fb0dd0551af63b2d06a3b86cda5175a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416460dc9d084cc036f386b41864b041.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c09e067e3c53366bb527c253ed44fc4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e8e13bea4160f2605fce92b9cf47855.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2251fb57d05eb71491a8f3ec6ca13a7f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde17b01f216a177b5ad6b91f252ca42.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b04e7e5d0e9e2729bc6e5668a9e8534b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/093f950220b205b6724439c7a1a24e82.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280c9b14a3e894ae3d38bc21a964bd04.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680ad1abf3dd91817d6b33bccc24d61a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b173c90d853aa6889c631f97d2f0706a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e27303700a1091bb80a7e32cc8d9f293.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/283d86023527d0cc32f85d2c95a6eeba.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c70637db42a2c78a6464737cd65f0605.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fcbdfc9c9621ccbebaa830efa512da3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a0b7ac11324802f872b105998d7055.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb1e847a6b5d8a22f12c47c2b870bc85.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb04a5e3a1f7fc20b790f41c13a1f02d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87d5d18ec26815e1c9ba41513d24973c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911d0d8107864c097f91de79e229ea6d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1123,417 +1132,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>533003</v>
+        <v>533287</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>16.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>532990</v>
+        <v>533126</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>16.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>532983</v>
+        <v>533072</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>32.0</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>532969</v>
+        <v>533010</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>532938</v>
+        <v>533003</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>10.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>532778</v>
+        <v>532990</v>
       </c>
       <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="E7" t="s">
         <v>21</v>
       </c>
       <c r="F7" s="3">
-        <v>25.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>532761</v>
+        <v>532983</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>22.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>532747</v>
+        <v>532938</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>13.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>532693</v>
+        <v>532778</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>15.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>532631</v>
+        <v>532761</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>27.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>532617</v>
+        <v>532747</v>
       </c>
       <c r="C12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F12" s="3">
-        <v>45.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>532600</v>
+        <v>532693</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>35</v>
       </c>
       <c r="E13" t="s">
-        <v>21</v>
+        <v>36</v>
       </c>
       <c r="F13" s="3">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>532587</v>
+        <v>532631</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F14" s="3">
-        <v>20.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>532570</v>
+        <v>532624</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D15" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F15" s="3">
-        <v>83.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>532563</v>
+        <v>532617</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F16" s="3">
-        <v>59.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>532556</v>
+        <v>532587</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F17" s="3">
-        <v>71.75</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>532549</v>
+        <v>532570</v>
       </c>
       <c r="C18" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="E18" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F18" s="3">
-        <v>81.0</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>532426</v>
+        <v>532563</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="E19" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="F19" s="3">
-        <v>44.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>532303</v>
+        <v>532556</v>
       </c>
       <c r="C20" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="E20" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="F20" s="3">
-        <v>62.0</v>
+        <v>71.75</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>532280</v>
+        <v>532549</v>
       </c>
       <c r="C21" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="E21" t="s">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="F21" s="3">
-        <v>4.5</v>
+        <v>81.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>