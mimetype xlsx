--- v1 (2026-03-07)
+++ v2 (2026-03-07)
@@ -14,133 +14,100 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 07/03/2026 07:22</t>
-[...11 lines deleted...]
-    <t>CADEADO 50MM SOLIX / (1 UNID COM 3 CHAVES)</t>
+    <t>Lista gerada no: 07/03/2026 08:11</t>
+  </si>
+  <si>
+    <t>MAQUINA DE COZINHAR OVOS ELECTROBRAS/220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>MAQUINA DE COZINHAR OVOS ELECTROBRAS/110V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA RAF R-5219 / INOXIDAVEL / 3.5L / 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>PULVERIZADOR WADFOW WSS1550 5.0L</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
-    <t>SOLIX</t>
-[...43 lines deleted...]
-  <si>
     <t>WADFOW</t>
   </si>
   <si>
     <t>FRIGIDEIRA WINNINGSTAR ST-5202-28CM/TAMP</t>
   </si>
   <si>
     <t>Utens�lios dom�sticos</t>
   </si>
   <si>
     <t>WINNINGSTAR</t>
   </si>
   <si>
     <t>FRIGIDEIRA WINNINGSTAR ST-5202 24CM TAMPA</t>
   </si>
   <si>
     <t>Panelas e frigideiras</t>
   </si>
   <si>
     <t>FRIGIDEIRA WINNINGSTAR ST-5201 24CM</t>
   </si>
   <si>
     <t>SPEAKER  HOPERSTAR P20 MINI HS-1581/BT</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
@@ -155,50 +122,80 @@
     <t>Panelas Eletricas/ Arroz</t>
   </si>
   <si>
     <t>PANELA ARROZ WINNINGSTAR ST-2000 BK 110V</t>
   </si>
   <si>
     <t>PANELA PRESSAO ELET. WINNINGSTAR ST-9315</t>
   </si>
   <si>
     <t>LIQUIDIFICADOR WINNING STAR ST-2081 / 1.5L / 110V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>KIT DE PANELA WINNINGSTAR  9PS ST-5100</t>
   </si>
   <si>
     <t>KIT DE PANELA WINNINGSTAR  8PS ST-5101</t>
   </si>
   <si>
     <t>KIT DE PANELA WINNINGSTAR  4PS ST-5209</t>
   </si>
   <si>
     <t>KIT PANELA WINNINGSTAR 10PS ST-5106</t>
+  </si>
+  <si>
+    <t>AQUECEDOR BRITANIA BAQ1720B / OLEO / 110V</t>
+  </si>
+  <si>
+    <t>Aquecedores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>PAPA BOLINHAS SATE LB-62002 220V</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS - PARAFUSADEIRA COM MALETA SATE A-TK885 / 81 PCS 2V</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE MESA AMAZON BASICS 220V/50HZ</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>AMAZON</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fb0dd0551af63b2d06a3b86cda5175a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416460dc9d084cc036f386b41864b041.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c09e067e3c53366bb527c253ed44fc4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e8e13bea4160f2605fce92b9cf47855.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2251fb57d05eb71491a8f3ec6ca13a7f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dde17b01f216a177b5ad6b91f252ca42.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b04e7e5d0e9e2729bc6e5668a9e8534b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/093f950220b205b6724439c7a1a24e82.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/280c9b14a3e894ae3d38bc21a964bd04.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/680ad1abf3dd91817d6b33bccc24d61a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b173c90d853aa6889c631f97d2f0706a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e27303700a1091bb80a7e32cc8d9f293.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/283d86023527d0cc32f85d2c95a6eeba.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c70637db42a2c78a6464737cd65f0605.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fcbdfc9c9621ccbebaa830efa512da3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a0b7ac11324802f872b105998d7055.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb1e847a6b5d8a22f12c47c2b870bc85.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb04a5e3a1f7fc20b790f41c13a1f02d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87d5d18ec26815e1c9ba41513d24973c.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/911d0d8107864c097f91de79e229ea6d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/174eaddb332dcc8162f71746b8f8ac75.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0817aad54a029f0af35a35ebfe80806.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4950741a163985e237c1ea327be4e59c.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a908df97c8326e9c7e3305b54cfa06e3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/474e5f312814349b25271aabbd466f1a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad5f1be3b83965d1cd3699faa58a9281.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adb5e80cb38cc2871003bbe6a54f7fdd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4bf06ad06a58b7d4daa2233c8296a6c7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8dcdcee10be18a7f933da26138f6b985.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5975eeba529170e8be27053c5e1edbb5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24881ee097255ef9e9e1447ae18e86a5.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/657de767858b538bef0521b8636a04e8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/14fe26aa5dcac941e91af5e63e564375.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12ca724a9ec14f3acb0de9bbc6f9d6c7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63c476e48b065b3de9cd0105ac60fc69.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971762d492cc20e3c70a19543b3cac3f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37c238a89a774c8a87efb2cb32234dc0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/530ecc4a449b7a7722a6842166119eca.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d22f39574ba5c0cb26790c4d1a4feee.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9257c95c9385e1fdda2ae37d6e5f1636.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1129,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>533287</v>
+        <v>533003</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>23.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>533126</v>
+        <v>532990</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>1.5</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>533072</v>
+        <v>532983</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>1.25</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>533010</v>
+        <v>532938</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>68.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>533003</v>
+        <v>532778</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>19</v>
       </c>
-      <c r="D6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>16.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>532990</v>
+        <v>532761</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>16.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>532983</v>
+        <v>532747</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>32.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>532938</v>
+        <v>532693</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F9" s="3">
-        <v>10.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>532778</v>
+        <v>532631</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>25.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>532761</v>
+        <v>532624</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="F11" s="3">
-        <v>22.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>532747</v>
+        <v>532617</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="F12" s="3">
-        <v>14.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>532693</v>
+        <v>532587</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="F13" s="3">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>532631</v>
+        <v>532570</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="F14" s="3">
-        <v>27.0</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>532624</v>
+        <v>532563</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="F15" s="3">
-        <v>26.0</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>532617</v>
+        <v>532556</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="E16" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="F16" s="3">
-        <v>45.0</v>
+        <v>71.75</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>532587</v>
+        <v>532549</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>18</v>
       </c>
       <c r="E17" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="F17" s="3">
-        <v>20.0</v>
+        <v>81.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>532570</v>
+        <v>532303</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E18" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="F18" s="3">
-        <v>83.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>532563</v>
+        <v>532280</v>
       </c>
       <c r="C19" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
       <c r="E19" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="F19" s="3">
-        <v>59.0</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>532556</v>
+        <v>532266</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D20" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="E20" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="F20" s="3">
-        <v>71.75</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>532549</v>
+        <v>532235</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D21" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="E21" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="F21" s="3">
-        <v>81.0</v>
+        <v>13.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>