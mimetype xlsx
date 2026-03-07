--- v0 (2025-12-23)
+++ v1 (2026-03-07)
@@ -14,197 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 23/12/2025 04:01</t>
+    <t>Lista gerada no: 07/03/2026 05:22</t>
+  </si>
+  <si>
+    <t>CARREGADOR  G WIRELESS SPEAKER BLT ABAJU BT2301</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX MXQ-PRO GO 8K/128G/512G</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>MXQ</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2368  USB/TF/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FLAT BALL DISC BOLA TRANSFORMER</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>RADIO PX TKS TK-1900UHF 400/490MHZ 45WTS</t>
+  </si>
+  <si>
+    <t>Radios PX</t>
+  </si>
+  <si>
+    <t>TKS</t>
+  </si>
+  <si>
+    <t>TALK BAOFENG UV-9R DUALBAND VHF/UHF   2V</t>
+  </si>
+  <si>
+    <t>COMUNICACOES</t>
+  </si>
+  <si>
+    <t>BAOFENG</t>
+  </si>
+  <si>
+    <t>MOTO INFANTIL ELETRICA FOSTON X1 300W / AZUL</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
   </si>
   <si>
     <t>PLACA INFRARROJA ELECTROBR EBVC-31 / 110V</t>
   </si>
   <si>
     <t>Fogoes</t>
   </si>
   <si>
     <t>ELECTROBRAS</t>
   </si>
   <si>
     <t>DISCO PARA MADEIRA DIGITRON 4'' / 20.0MM / 30/40</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
     <t>DIGITRON</t>
   </si>
   <si>
     <t>FITA METRICA INGCO HSMT08519 / 5MTS</t>
   </si>
   <si>
     <t>INGCO</t>
   </si>
   <si>
     <t>FURADEIRA INGCO SEM FIO 228180 / 110V</t>
   </si>
   <si>
     <t>PARAFUZADEIRA INGCO 228120 110V</t>
   </si>
   <si>
     <t>MICROFONE SEM FIO ECOPOWER EP-M301</t>
   </si>
   <si>
     <t>Microfones</t>
   </si>
   <si>
-    <t>ECOPOWER</t>
-[...1 lines deleted...]
-  <si>
     <t>MICROFONE COM FIO ECOPOWER EP-M303</t>
   </si>
   <si>
-    <t>SPEAKER SAMSUNG TOWER MXST50B/USB/BLT/BATER.</t>
-[...13 lines deleted...]
-  <si>
     <t>LED RGB 8M ECOPOWER EP-8142</t>
   </si>
   <si>
     <t>Fitas Led</t>
   </si>
   <si>
     <t>PARLANTE NAKAMICHI NSE1058 4" 260W DE 2 VIAS (40W RMS)</t>
   </si>
   <si>
     <t>Alto Falantes</t>
   </si>
   <si>
     <t>NAKAMICHI</t>
   </si>
   <si>
-    <t>PLACA INFRARROJA MOX-KIC03 2200W 110V</t>
-[...5 lines deleted...]
-    <t>LIQUIDIFICADOR MEGASTAR KC-1002B (PRETO)/220V</t>
+    <t>ALTO FALANTE JBL STAGE 82 CAR SUBWOOFERS 8" 800W /200WRM</t>
+  </si>
+  <si>
+    <t>JBL</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MEGASTAR KC-1002R (VERMELHO)/220V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>LIQUIDIFICADOR MEGASTAR KC-1002R (VERMELHO)/220V</t>
+    <t>PASSADEIRA A VAPOR MEGA STAR PA210 / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
   </si>
   <si>
     <t>VENTILADOR ECOPOWER EP-V005</t>
   </si>
   <si>
     <t>Ventiladores</t>
-  </si>
-[...28 lines deleted...]
-    <t>TELEFONE UNIDEN S/FIO/SEC D1680 110V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b5cedf21fe06dac751eb93374b1054f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/126445035c4f343caac3a422d2558e90.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/741b8443d91c00e0303b9cc4c9e748a3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5afcfced987e7eb6fc1a34036eaaa52.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5469abc9e246db64836ab7eee5f88fe.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b07a401cb1883e91c821c9dd03dd9425.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcfcd33b7a7347cccfb53d8df03c2dab.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76f35e28e4fe8ee55dc610dec626d18b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66988bf8c4601bc25bebbb0d0fa5bce6.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cd278eda93238c76340e8749ddaf6ec.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49e22e2cbee45aa5476f3a572c8acdea.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f32ddacceccc74cf51740d30393b3f6f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d90c11fee5ba28cb6ceaf653579f2437.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83015ae61ab979aa338ff1fb09a1e2c4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/020accbbba83e43eff615dfb9fdb1fd9.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80e8cf70f96ee5a2e9f2ece3e8adb84c.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd664d20a5cb3812f6e093175cf21606.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26f2474d890b9e28a603cee37f5abb2b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d4f7fe04b9248fe5248a457d144a969.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/657dc6ef17e54c053624c82320060e29.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ab78b942a85ca555cf993b4045a22f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46f6d284148c030c95126c8ed6fc9f9d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7769b4b191b0ad95c68e2a73e478451e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b9653693b6ff13d007cfb375156be33.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b14b09c1bde62b7904ebc878e723b93.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1a5e32594f34f002d31d35ff24ccd00.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd6314bf16844b11ecaf85a77b4c6aad.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a6c70cfafa0fd97ecf40efba108dab.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f23de4b93000a6d4e93a26bb85741e4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e36c4f423bfb74279c7dd5ea3aabe1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f916b4c1001dc05addded8f67e443f05.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d96263bb0fc6ad10086270542e089f59.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f28d937c9c983d12c9ceb49839009bcb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c69cdfc3605f59c2c52b24b4e34475e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efa638daf3379a63c287d4e5c8ccda84.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d00be975fd4f317ecd7a103d7f967692.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02db16987509410c9963e1f2cf1d9994.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a29b00bd9f28451e787bc535369a3a8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c769c613ced40a3ec9cee5e9faeedf9e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c20a57f0b51f80a6e34d6eadffe57c33.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>534475</v>
+        <v>535052</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>26.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>534383</v>
+        <v>534963</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>1.3</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>534338</v>
+        <v>534864</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>534314</v>
+        <v>534826</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>59.5</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>534291</v>
+        <v>534703</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>63.0</v>
+        <v>143.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>534208</v>
+        <v>534635</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>24.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>534192</v>
+        <v>534550</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F8" s="3">
-        <v>6.0</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>534161</v>
+        <v>534475</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="E9" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="F9" s="3">
-        <v>250.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>534147</v>
+        <v>534383</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="F10" s="3">
-        <v>20.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>534123</v>
+        <v>534338</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E11" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>534116</v>
+        <v>534314</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F12" s="3">
-        <v>18.0</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>534093</v>
+        <v>534291</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>24.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>534000</v>
+        <v>534208</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E14" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="F14" s="3">
-        <v>25.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>533997</v>
+        <v>534192</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="F15" s="3">
-        <v>25.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>533911</v>
+        <v>534123</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F16" s="3">
-        <v>32.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>533898</v>
+        <v>534116</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>55.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>533829</v>
+        <v>534109</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F18" s="3">
-        <v>28.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>533805</v>
+        <v>533997</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>36.5</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>533768</v>
+        <v>533980</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>533751</v>
+        <v>533911</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="F21" s="3">
-        <v>17.0</v>
+        <v>32.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>