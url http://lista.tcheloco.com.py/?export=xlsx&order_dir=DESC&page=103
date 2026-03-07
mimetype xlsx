--- v1 (2026-03-07)
+++ v2 (2026-03-07)
@@ -14,71 +14,125 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 07/03/2026 05:22</t>
+    <t>Lista gerada no: 07/03/2026 06:31</t>
+  </si>
+  <si>
+    <t>C�MERA H�BRIDA INTELIGENTE DE 2 MP COM LUZ COLORVU E TURRETE FIXO TIPO BALA</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>CELULAR HUAWEI Y7A PPA-LX3 4G/64GB PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>HUAWEI</t>
+  </si>
+  <si>
+    <t>CABO USB XIAOMI CTL01ZMC / TIPO C - LIGHTNING</t>
+  </si>
+  <si>
+    <t>Cabos USB</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>ESCOVA EL�TRICA PROSPER P-5900 110V ROSE</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>ESCOVA EL�TRICA PROSPER P-5900 220V ROSE</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MONDIAL PRATIC POWER L-97-W/550W/2.2L/220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>ALISADOR MONDIAL P-15 TUORM CERAMIC BIVOLT</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
   </si>
   <si>
     <t>CARREGADOR  G WIRELESS SPEAKER BLT ABAJU BT2301</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
     <t>ANDROID TV BOX MXQ-PRO GO 8K/128G/512G</t>
   </si>
   <si>
     <t>Android Tv</t>
   </si>
   <si>
     <t>MXQ</t>
   </si>
   <si>
     <t>SPEAKER ECOPOWER EP-2368  USB/TF/BLUETOOTH</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
@@ -128,95 +182,50 @@
     <t>DISCO PARA MADEIRA DIGITRON 4'' / 20.0MM / 30/40</t>
   </si>
   <si>
     <t>Ferramentas</t>
   </si>
   <si>
     <t>DIGITRON</t>
   </si>
   <si>
     <t>FITA METRICA INGCO HSMT08519 / 5MTS</t>
   </si>
   <si>
     <t>INGCO</t>
   </si>
   <si>
     <t>FURADEIRA INGCO SEM FIO 228180 / 110V</t>
   </si>
   <si>
     <t>PARAFUZADEIRA INGCO 228120 110V</t>
   </si>
   <si>
     <t>MICROFONE SEM FIO ECOPOWER EP-M301</t>
   </si>
   <si>
     <t>Microfones</t>
-  </si>
-[...43 lines deleted...]
-    <t>Ventiladores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +248,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ab78b942a85ca555cf993b4045a22f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46f6d284148c030c95126c8ed6fc9f9d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7769b4b191b0ad95c68e2a73e478451e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b9653693b6ff13d007cfb375156be33.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b14b09c1bde62b7904ebc878e723b93.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1a5e32594f34f002d31d35ff24ccd00.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd6314bf16844b11ecaf85a77b4c6aad.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86a6c70cfafa0fd97ecf40efba108dab.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f23de4b93000a6d4e93a26bb85741e4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e36c4f423bfb74279c7dd5ea3aabe1.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f916b4c1001dc05addded8f67e443f05.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d96263bb0fc6ad10086270542e089f59.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f28d937c9c983d12c9ceb49839009bcb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c69cdfc3605f59c2c52b24b4e34475e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efa638daf3379a63c287d4e5c8ccda84.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d00be975fd4f317ecd7a103d7f967692.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02db16987509410c9963e1f2cf1d9994.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a29b00bd9f28451e787bc535369a3a8.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c769c613ced40a3ec9cee5e9faeedf9e.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c20a57f0b51f80a6e34d6eadffe57c33.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a45ba7945913eb84be77f98f3e9d4ea9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4738ea2052b5005abb162ed0b3535103.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34a43c6f045a7e5c5bf83292714210b0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41ecb06ee87a30cab07ef4a65f307456.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cba469469cd78fcbd30a103e69b0c26b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c3c751a7554c5a8ade863386a0c88bf.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/91a9fb432ab7fed2fe2a85ceb6348d74.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1fa2c94b8871f6555074aae690dfa4ec.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/addaf0dd685cd0092e2f2046bbcba030.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/45cca7bdca4eeeb832a6051c2d27f72c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9aa21c0343cc5e93d0a0773f03793b27.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71a496abb493342baa893688aada533f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d7e95b57d2ff9fc1b70949aa876e990.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c581245402aebe7165ba2672f8422f2.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c98125238c3988504e52b6e084a26e4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93b17ff5f4b23bad7c737df6cb1c2b5e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31aeadc6191018383608a05097a51a4e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a9ecb643ad26dea02177b3bffa44012.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f01c08a51498f882d61b528a12bb6ae8.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57f4f99609438e524501cb4d911d37ad.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1159,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>535052</v>
+        <v>535250</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>9.5</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>534963</v>
+        <v>535236</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>19.5</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>534864</v>
+        <v>535212</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
         <v>10.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>534826</v>
+        <v>535182</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>5.1</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>534703</v>
+        <v>535175</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>18</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" s="3">
-        <v>143.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>534635</v>
+        <v>535168</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>32.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>534550</v>
+        <v>535151</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>208.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>534475</v>
+        <v>535052</v>
       </c>
       <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
         <v>26</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>27</v>
       </c>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>26.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>534383</v>
+        <v>534963</v>
       </c>
       <c r="C10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D10" t="s">
         <v>29</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>30</v>
       </c>
-      <c r="E10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F10" s="3">
-        <v>1.3</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>534338</v>
+        <v>534864</v>
       </c>
       <c r="C11" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" t="s">
+        <v>26</v>
+      </c>
+      <c r="E11" t="s">
         <v>32</v>
       </c>
-      <c r="D11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F11" s="3">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>534314</v>
+        <v>534826</v>
       </c>
       <c r="C12" t="s">
+        <v>33</v>
+      </c>
+      <c r="D12" t="s">
         <v>34</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="F12" s="3">
-        <v>59.5</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>534291</v>
+        <v>534703</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="E13" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F13" s="3">
-        <v>63.0</v>
+        <v>143.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>534208</v>
+        <v>534635</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E14" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="F14" s="3">
-        <v>22.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>534192</v>
+        <v>534550</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="E15" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>534123</v>
+        <v>534475</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E16" t="s">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="F16" s="3">
-        <v>5.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>534116</v>
+        <v>534383</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="D17" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E17" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="F17" s="3">
-        <v>18.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>534109</v>
+        <v>534338</v>
       </c>
       <c r="C18" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="D18" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="F18" s="3">
-        <v>49.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>533997</v>
+        <v>534314</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F19" s="3">
-        <v>25.0</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>533980</v>
+        <v>534291</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>22.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>533911</v>
+        <v>534208</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="E21" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="F21" s="3">
-        <v>32.0</v>
+        <v>22.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>