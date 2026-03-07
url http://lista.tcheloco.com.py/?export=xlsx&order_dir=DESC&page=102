--- v0 (2025-12-23)
+++ v1 (2026-03-07)
@@ -14,212 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 23/12/2025 04:25</t>
+    <t>Lista gerada no: 07/03/2026 04:33</t>
+  </si>
+  <si>
+    <t>SUPORTE PARA NOTEBOOK/MONITOR KOLKE KVS-599</t>
+  </si>
+  <si>
+    <t>Informatica</t>
+  </si>
+  <si>
+    <t>KOLKE</t>
+  </si>
+  <si>
+    <t>CARREGADOR DE PILHAS PHILIPS SCB2440NB AA/AAA 2V</t>
+  </si>
+  <si>
+    <t>Carregadores, baterias e pilhas</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>M�QUINA WAER WA-2147 RECARREG�VEL COM VISOR DIGITAL 2V</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
+  </si>
+  <si>
+    <t>WAER</t>
+  </si>
+  <si>
+    <t>SOPRADOR T�RMICO TOTAL UB20036 / 2000W / 110V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>KIT FER. TOLSEN MALETA 119PCS   85350</t>
+  </si>
+  <si>
+    <t>TOLSEN</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS WADFOW FITA M�TRICA 25.0MM 7.5M WMT4340</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>FITA M�TRICA 25.0MMX5M WADFOW WMT1230</t>
+  </si>
+  <si>
+    <t>FITA M�TRICA 19MMX5M WADFOW WMT4320</t>
+  </si>
+  <si>
+    <t>FITA M�TRICA 19.0MMX5M WADFOW WMT1220</t>
+  </si>
+  <si>
+    <t>FITA METRICA 16.0MMX3M WADFOW WMT4310</t>
+  </si>
+  <si>
+    <t>FITA M�TRICA 16.0MMX3M WADFOW WMT1210</t>
+  </si>
+  <si>
+    <t>MULTIPROCESSADOR ECOPOWER EP-3100 / 2L / 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FRITADEIRA  AIR FRYER  ELECTROBRAS TLAF-65D 6.5L 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>C�MERA H�BRIDA INTELIGENTE DE 2 MP COM LUZ COLORVU E TURRETE FIXO TIPO BALA</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>CELULAR HUAWEI Y7A PPA-LX3 4G/64GB PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>HUAWEI</t>
   </si>
   <si>
     <t>CABO USB XIAOMI CTL01ZMC / TIPO C - LIGHTNING</t>
   </si>
   <si>
     <t>Cabos USB</t>
   </si>
   <si>
     <t>XIAOMI</t>
   </si>
   <si>
     <t>ESCOVA EL�TRICA PROSPER P-5900 110V ROSE</t>
   </si>
   <si>
     <t>Escovas Alisadoras</t>
   </si>
   <si>
     <t>PROSPER</t>
   </si>
   <si>
     <t>ESCOVA EL�TRICA PROSPER P-5900 220V ROSE</t>
   </si>
   <si>
     <t>LIQUIDIFICADOR MONDIAL PRATIC POWER L-97-W/550W/2.2L/220V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
     <t>MONDIAL</t>
   </si>
   <si>
     <t>ALISADOR MONDIAL P-15 TUORM CERAMIC BIVOLT</t>
   </si>
   <si>
-    <t>Alizadores</t>
-[...104 lines deleted...]
-    <t>MEGASONIC</t>
+    <t>Alisadores</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b71b5465b1934611d54ead542b96375c.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da775d4b235c8578f53a52adcb9be5f2.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d80627c7ce041a2b561589d5f50156a0.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e2dde6efa904479a0fcf95ac8357e30e.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8321ab732ede434ed9463b6dcfab1364.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f9dc6504ca410d7454b33f22adf9158.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7aa08626effda89307b718e220f2e1f4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69f936a4df3388540569de463fa6bab3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/819431f6c9dad672929a6ab88b72f34e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/155c10eb8605b9309899ce981f1713ef.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/851745243976969a51bd05995ca4042a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01ba4b41421eb76e323b74769a2af412.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7289e6f3a9af2b31d8be368dcdb7f96d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/043a14aa0798e17d836eceac7380cb44.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fc38af0eb43881b7ab7e4cebdf69d54.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9cc7e3fe069c8e50fe4387343ac18b2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/587f436c0ae86aaff7493a407164f192.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a13d1016c0bd95ccb9f06dea2ac76d0a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff9dfc8f8417b2360a51e633f99b6319.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/95d97f76b64b2598f0631fece8a76949.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cfb624406f6c3d2ee09fccd4bd39bf0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55c03f2068216877e6f77fabd8a04707.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d3763e22a0d7c3486c3c8de7d8e16fb.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02b33315456ca060c02cda3ce5233462.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2234c69e13b4a9a9830bf17d25837786.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83f33e9f719b9241e69caf3af8127ded.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2ee28c3502220da4b8adf6c454c3374.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26c08adebc5ebd98fd15bc665793a7ae.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e62030c4329b7e8f798b64b5fbf1e0d5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9eb45c88712432d7401bd8b6745d98e5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79b6c2fee2e37ec23e96e0d1d281d51d.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1a1d5e71659c8a3190c0cf2d80605b6a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/80db3e730884f5a2d12c413183354ba0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76bf12491abc4e7ff8c733a94c2e8d97.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d00a78ddddfd855579adf368b7667023.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6697c5d1dbf54f77a023579bb65c5a1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c941dd5b272db62e8b01b232e356633.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ac56d4cfbf40de24ed5605d9f820879.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66571d66a702ca0cb55862dcd69d5e4d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bcaef9e9de26bca8e4eb4fac6c14c5df.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="89.55" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>535212</v>
+        <v>535700</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>10.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>535182</v>
+        <v>535670</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>13.5</v>
+        <v>8.75</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>535175</v>
+        <v>535649</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>13.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>535168</v>
+        <v>535588</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>18.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>535151</v>
+        <v>535564</v>
       </c>
       <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>13.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>535137</v>
+        <v>535526</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>16.9</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>535113</v>
+        <v>535519</v>
       </c>
       <c r="C8" t="s">
+        <v>23</v>
+      </c>
+      <c r="D8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>26.9</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>535090</v>
+        <v>535502</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>85.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>535052</v>
+        <v>535496</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>9.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>534963</v>
+        <v>535489</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>30</v>
+        <v>17</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="F11" s="3">
-        <v>19.5</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>534864</v>
+        <v>535472</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="F12" s="3">
-        <v>10.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>534826</v>
+        <v>535304</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>5.1</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>534796</v>
+        <v>535298</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F14" s="3">
-        <v>41.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>534772</v>
+        <v>535250</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>34.5</v>
+        <v>29.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>534703</v>
+        <v>535236</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>143.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>534642</v>
+        <v>535212</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
         <v>41</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F17" s="3">
-        <v>30.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>534635</v>
+        <v>535182</v>
       </c>
       <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
+        <v>44</v>
+      </c>
+      <c r="E18" t="s">
         <v>45</v>
       </c>
-      <c r="D18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F18" s="3">
-        <v>32.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>534628</v>
+        <v>535175</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>26.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>534550</v>
+        <v>535168</v>
       </c>
       <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
         <v>48</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>49</v>
       </c>
-      <c r="E20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>208.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>534543</v>
+        <v>535151</v>
       </c>
       <c r="C21" t="s">
+        <v>50</v>
+      </c>
+      <c r="D21" t="s">
         <v>51</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>55.0</v>
+        <v>13.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>