--- v0 (2026-03-07)
+++ v1 (2026-03-07)
@@ -34,51 +34,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 07/03/2026 02:36</t>
+    <t>Lista gerada no: 07/03/2026 03:19</t>
   </si>
   <si>
     <t>CALCULADORA ECOPOWER EP-C305 12D</t>
   </si>
   <si>
     <t>Calculadoras</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
     <t>BATERIA AUXILIAR ECOPOWER EP-C860 / 12000MAH / 3 EM 1</t>
   </si>
   <si>
     <t>Carregadores Portateis</t>
   </si>
   <si>
     <t>INVERSOR ECOPOWER EP-017V/12V/220V/300W</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
     <t>MIXER MEGASTAR GE-541/600W/110V</t>
   </si>
@@ -230,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0eb9a34bb3aeca58dc2416e9a83c861e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4d2f5f08107f21b6514a82eab0f9521b.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd99783b390bfd6c22763a1b66be72a3.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/786a3a48c8788472949a5998e57c00df.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c652cfd49193bbb2d515b3b5b730a49b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ca0c6048e7f22d02c4931bdf6b9f336.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba174e3ee41dbbead73b52d84d6455e2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d83311968e4edbe2c1714c49f5dd0b2.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b649803d96e1a25a35002083b7b93ee.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a27714a6ee5b55ffbd36f36fa0152474.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0912fefca322164d8a3a4925f4042e64.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0ee66db3582d079f662ffa8b117beda.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/20fce0317f36ba99203848305e5359b4.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b22e92fc4b12a0a3cc0cf4d0446cc1f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3258659f4cbe3548eb4ee1df36ccc2ba.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a394237ae761f5bccab4233d96681a7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dfa38c483347c33579110e51c21d5cb8.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/652b9c508800c412d08d10fddd6439d7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64178d5f3d5e2165dc454aa1b5d86373.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a9b3f3f7d03c9ac3ab037034b76dff8.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32b5ad708983c1afc6816e49dbc16860.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b7af35b7aeeb2aa9d6ad2df8243f78d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/335fd54bacbc47815399fb6777d16a2a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/31762762e48a23ac604bc101cdd60a6d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46240514fe26eea2a494b78c12f4a7ea.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3fff2e9f8e4c1a389cf1c0cb31a29b10.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b200abee6c1cf977624464dbb174bca.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28d4bd46b9ba032b2e5b50e8135291b1.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64d9ecaaa65cb0e23547fce4fd89d090.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46f147eed722e7da4fc59021f931869c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12433d6eeefbe2c7ac107f0353113a6e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/99fb583b8847051455277370c01aaf96.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/01ed193eeda20e773e4831c62104a11a.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/161a5facf730854ff71b30f1f7f17742.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cf93480db980089e71fcc4aadb7d225.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1183ab6550319f2cee4d3842d52a86ab.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5848fdeae67bd64026d98f634e31ef43.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b992e200e88af839f22dcee8ec223d84.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38b350ed3be3414d16c797265851b412.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b08094d4c4b4fa172ea1393d009981d9.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>