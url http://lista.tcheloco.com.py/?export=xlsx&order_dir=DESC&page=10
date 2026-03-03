--- v0 (2025-12-08)
+++ v1 (2026-03-03)
@@ -14,209 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 08/12/2025 01:54</t>
-[...5 lines deleted...]
-    <t>Mouse</t>
+    <t>Lista gerada no: 03/03/2026 04:58</t>
+  </si>
+  <si>
+    <t>CHALEIRA ESMALTADA EUROMAX - 2.5L - COLOR/DISENHO</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>EUROMAX</t>
+  </si>
+  <si>
+    <t>SPEAKER JVC XS-KY2115B - BLT/IPX7/10W/MINI</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>JVC</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1983 - USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2282 - USB/SD/FM/BT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>RADIO ECOPOWER EP-F339 - REC/USB/SD/BLT</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>SELADORA  PORTATIL SATE A-CUT913</t>
+  </si>
+  <si>
+    <t>Diversos</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>VASO MAGNETICO FLUTUANTE SATE A-F30</t>
-[...17 lines deleted...]
-    <t>Ventiladores</t>
+    <t>SELADORA PORTATIL SATE A-CUT911</t>
+  </si>
+  <si>
+    <t>CAMERA IP SATE A-CAM8101 - 2MP/CAM/ICSEE</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>HOME THEATER SATE AS-628BL - BLT/CONTR/SD/USB/2.1</t>
+  </si>
+  <si>
+    <t>Home Theaters</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INFANTIL AH-806W MINIONS - BLT</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INFANTIL AH-806 STITCH AZUL - BLT</t>
+  </si>
+  <si>
+    <t>TERMICA INFANTIL HUNTRIX 3608 - 600ML</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7025 5L - 1000W - 220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
   </si>
   <si>
     <t>RAF</t>
   </si>
   <si>
-    <t>MAQUINA DE COZINHAR OVOS RAF R.0073 - 220V</t>
-[...101 lines deleted...]
-    <t>Lanternas</t>
+    <t>SPEAKER ECOPOWER EP-1981 - BLT/FM/TWS/TF/USB/12.1"</t>
+  </si>
+  <si>
+    <t>MOCHILA ESCOLAR INOVA KL-9328</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>MOCHILA PORCHETE COM SEGREDO INOVA KL-9327</t>
+  </si>
+  <si>
+    <t>CABO AUXILIAR INOVA CBO-7323 - 1M</t>
+  </si>
+  <si>
+    <t>BEBEDOURO BRITANIA PBE19 - PRETO - BIVOLT</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>WAFFLERA BRITANIA MAKER PWM04A - 220V</t>
+  </si>
+  <si>
+    <t>Wafflera</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS PORTATIL SATE  A-TK811 - 8 PCS - BIVOLT</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -239,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d618f223a0c8ce46f300102654e6dec.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9cceb15ca0cda0d79ba4f3d7d690a1c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66f9c3a77c8fc607e6032b0610088424.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25090e4cf5982387be89868de519acf8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001ec327d9122ac45529e51e0fb56d23.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/193a14bd2c0fe597e18548ea9f6089e1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4be2fae187f7bf86407e98e41547c792.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/084d221e1e8233ccd8450693f68ed18b.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d599a37501bf41217b6010bc08bd9dc.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a98231aceef426791cd83c1fc4c560e4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f95b5e6a4c53f0cee351851420a71e7.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fce6ab46f86e6d65458749a53c8e3d0.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61199f94db3a39e0d182170df2386ca2.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce7a7e47ea746d7dad7e029d8d0ff72c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d50c57a674487458fb5e0a2d1748884a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7cd9d5e9088da2dce90d7df7141fdb52.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98e3b73f8ce041a576c6cb12fe1a3324.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/461a5cdd1041ab3ae601e3e9225553d7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2df267a86730fe06446dfb25907c4d2f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/275060514ce7380876d32dbbcb576e54.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6621e5bef1e21c1037a2edf364cbccb0.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a94fa56fd18b118c2eceabed76348bbc.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aadfd826a3bd3cc8cd16eee88b411e6d.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12af0beeda3211276dfdf2fa239f1b46.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5991fd7e1df0699ebf6967ebb6a7b40d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/db70e7d421481551fb8370a787a56074.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40f78746b8e32dc17d850a08a002ccf6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4071c90c05852b8f2d1116e20ff42b88.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f33dbb7bc2daaf6629f00d7691a7c9e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47836d829177231c75c7dd3892a15d4c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce3831d30be2bb00ca01491469030ecf.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ec555865682b502d9f2afb56b6444c8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f79b02b30231fa3120a1099e6f3ae69.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b0f9233986ac720416a501fdbdcf840.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/968ddc2ad4e9f1a311caee05edb1a069.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6d668ef0363846860c17a74a53c8b1f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c6588d73da29c5855b6a75b5667b4ad.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca39bc901a39e63ecb2bddb803e3d6dc.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11781207e9b1aee8b4bc1bc392ce1cf4.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e57c606d2f9451b4faadbe065fb112d.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1150,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>578721</v>
+        <v>584739</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>3.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>578707</v>
+        <v>584722</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>49.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>578684</v>
+        <v>584715</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>11.9</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>578660</v>
+        <v>584708</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
+        <v>17</v>
+      </c>
+      <c r="E5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>65.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>578653</v>
+        <v>584692</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>578639</v>
+        <v>584678</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>23.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>578615</v>
+        <v>584661</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>19.75</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>578592</v>
+        <v>584654</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F9" s="3">
-        <v>280.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>578578</v>
+        <v>584647</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="F10" s="3">
-        <v>5.75</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>578561</v>
+        <v>584630</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>2.8</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>578554</v>
+        <v>584616</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D12" t="s">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>13.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>578547</v>
+        <v>584609</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>5.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>578530</v>
+        <v>584593</v>
       </c>
       <c r="C14" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
+        <v>35</v>
+      </c>
+      <c r="E14" t="s">
         <v>36</v>
       </c>
-      <c r="E14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="3">
-        <v>6.5</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>578493</v>
+        <v>584555</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>22.0</v>
+        <v>140.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>578486</v>
+        <v>584548</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
+        <v>39</v>
+      </c>
+      <c r="E16" t="s">
         <v>40</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>22.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>578479</v>
+        <v>584531</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>15.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>578462</v>
+        <v>584524</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="E18" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="F18" s="3">
-        <v>19.0</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>578448</v>
+        <v>584517</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F19" s="3">
-        <v>5.0</v>
+        <v>88.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>578431</v>
+        <v>584500</v>
       </c>
       <c r="C20" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>4.0</v>
+        <v>33.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>578424</v>
+        <v>584487</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="E21" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="F21" s="3">
-        <v>3.0</v>
+        <v>116.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>