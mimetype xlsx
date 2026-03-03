--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -14,194 +14,182 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 07/12/2025 05:24</t>
-[...20 lines deleted...]
-    <t>Batedeiras</t>
+    <t>Lista gerada no: 03/03/2026 00:13</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO G-TIDE CLIP 1 / BLUETOOTH / LILAS</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>G-TIDE</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART G-TIDE R5 LITE - CINZA</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART G-TIDE R5 LITE - LILAS</t>
+  </si>
+  <si>
+    <t>RELOGIO SMART G-TIDE R5 LITE - PRETO</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INFANTIL GA-208I - IRON AZUL - BLT</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INFANTIL GA-208I - SPIDERMAN VERMELHO - BLT</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INFANTIL GA-208I - BATMAN PRETO - BLT</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INFANTIL GA-2080 - SONIC VERMELHO - BLT</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO INFANTIL AH-806 STITCH ROSA - BLT</t>
+  </si>
+  <si>
+    <t>MAQUINA DE CORTAR CABELO WINNINGSTAR ST-5626 - 5V</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
   </si>
   <si>
     <t>WINNINGSTAR</t>
   </si>
   <si>
-    <t>MAQUINA DE DONUTS WINNINGSTAR ST-9318 - 16 UNID - 220V</t>
-[...5 lines deleted...]
-    <t>GARRAFA TERMICA NOBEL NH-30357 - 750ML</t>
+    <t>SANDUICHERA LUMA BELLA LB-58051 - 750W - 110V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR LUMA BELLA LB-53021 -1.5L - 110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>FRITADEIRA LUMABELLA LB-60013 / 6L+6L  / 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER LUMABELLA LB-60012 - 9.5L - 110V</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER LUMABELLA LB-60011 - 7L - 110V</t>
+  </si>
+  <si>
+    <t>CELULAR CAT B40 4G - PRETO</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>CAT</t>
+  </si>
+  <si>
+    <t>CELULAR XIAOMI NOTE 14 5G - 256GB - 8 RAM - VERDE</t>
+  </si>
+  <si>
+    <t>Celulares Xiaomi</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>BALAN�A BAGAGEM GANCHO OCS-M - 300KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Bagagem</t>
+  </si>
+  <si>
+    <t>DETECTOR NOTA FALSA LUZ UV AD-118AB - BIVOLT</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>TERMICA BIGSTAR BSP-1139 - 1.9L - INOX</t>
   </si>
   <si>
     <t>Termica</t>
-  </si>
-[...85 lines deleted...]
-    <t>AR CONDICIONADO NOBLEX 18000BTU - 220V/60HZ - COM KIT - Q/F</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +212,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af05d4b3da10fa794d2625e5071f4907.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4b0c95263e6afef38a2ead7a2910ed5e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/995c10aed0dee8243e065c4b53162225.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/688a52908897bfc888143b843b9f8b61.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/432d3be076de8165e8d4e7361f1c6d26.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f32d9e6922845d1bcd9ba5b7542c606.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfae76224bfb392a5f5b70e08200f5b2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c114dc434378d3e5ac5dd928c7fa23fc.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3508e45f0ed6da63146550005e934343.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbacab066a2ed1b83e14022e9beb0809.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59b35a68be34ac7abcbf23cc56f608cd.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/763f7e68640f24780eae0c707859991c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc9fa1df1776f08a151e685cb4ba8fd0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc0c39e928c4ce4063aaa0582fa3728e.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bf921f5b93e76aa5f4ff9622145fa64.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f889da5e61a3f8a0954ef6b52973e260.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea7024c6a05be6f6f7ca93b8dcdb61ee.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5dad6430ed8acaad1d3dea7ddc1d3efd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8aa42955232803a00a825cbe29b7d06d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a310b374d10964f4806889fcce38f2d.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/587b73f8a92aa5065a6535b7a0bd6822.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a405c49ae5fee6a56ec336cee3317ab.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c654a4f75f8928ab697a77f6907758f.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd6598ef20dddd474a7f55009e0f5686.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd963c46ae3b3f94f5032d60048063a1.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba1078b101939e949ab4c98ed9bad4c4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/416bf07438a21a7d1bc86562bb69e220.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1256caf5a104dd7a79b2e884db44ed3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09690890d5d3043fc12e640de6db1dcf.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04c0e9675d995a9087139da3ab85888e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d79ff7247dc50a6d2faf53e7becd7345.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5724156c06bb3c5d0c7b922c9ffbf74.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c0fdd0aebdbdb3c04976cc274d74cce.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f5ce395f0f2064e69d192b434daa8bc.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16c08c7d4746f6829f46476e94f83715.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0d1105f6ba336d62dfeedd4d2be2154.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/756c2f2c1bfdebc2a03fa29107d1f142.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c72779f9947d631f77af1f4b2651aa7.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9cb35ab982b29465e42936c9d7e2dc22.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ebdd952105317452c333de3a7c9caf5.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1123,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>581103</v>
+        <v>586887</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>28.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>581097</v>
+        <v>586870</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>28.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>581080</v>
+        <v>586863</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E4" t="s">
         <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>22.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>581073</v>
+        <v>586856</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>179.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>581066</v>
+        <v>586849</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F6" s="3">
-        <v>129.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>581059</v>
+        <v>586832</v>
       </c>
       <c r="C7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D7" t="s">
+        <v>8</v>
+      </c>
+      <c r="E7" t="s">
         <v>15</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>18.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>581011</v>
+        <v>586825</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="E8" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>581004</v>
+        <v>586818</v>
       </c>
       <c r="C9" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>5.5</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>580991</v>
+        <v>586801</v>
       </c>
       <c r="C10" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D10" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>17.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>580984</v>
+        <v>586795</v>
       </c>
       <c r="C11" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E11" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F11" s="3">
-        <v>23.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>580977</v>
+        <v>586788</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F12" s="3">
-        <v>95.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>580960</v>
+        <v>586771</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>580953</v>
+        <v>586764</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="D14" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="F14" s="3">
-        <v>13.0</v>
+        <v>62.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>580922</v>
+        <v>586757</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D15" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="E15" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="F15" s="3">
-        <v>49.0</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>580915</v>
+        <v>586740</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="D16" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="E16" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="F16" s="3">
-        <v>29.0</v>
+        <v>39.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>580908</v>
+        <v>586733</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D17" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="E17" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F17" s="3">
-        <v>1.8</v>
+        <v>31.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>580885</v>
+        <v>586726</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="E18" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F18" s="3">
-        <v>18.0</v>
+        <v>186.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>580878</v>
+        <v>586719</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="E19" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>26.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>580861</v>
+        <v>586702</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>505.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>580854</v>
+        <v>586689</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="E21" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="F21" s="3">
-        <v>405.0</v>
+        <v>10.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>