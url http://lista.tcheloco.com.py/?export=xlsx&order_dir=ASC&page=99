--- v0 (2025-12-23)
+++ v1 (2026-03-07)
@@ -14,212 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 23/12/2025 07:23</t>
-[...5 lines deleted...]
-    <t>Controles P/TV</t>
+    <t>Lista gerada no: 07/03/2026 03:12</t>
+  </si>
+  <si>
+    <t>SPEAKER JBK 1302 FM MICROFONE USB MICRO SD BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>JBK</t>
+  </si>
+  <si>
+    <t>SPEAKER K66 BLUETOOTH MICRO SD RADIO FM</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>FONE PROSPER J-B06  / BLUETOOTH / MICRO SD / PRETO</t>
-[...53 lines deleted...]
-    <t>PNEU PARA PATINETE FS-X3 MACI�O</t>
+    <t>SPEAKER RS-2036 BLUETOOTH USB MICRO SD RADIO FM</t>
+  </si>
+  <si>
+    <t>SPEAKER JBK 1301 RADIO FM MICROFONE USB MICRO SD BLUETOOTH</t>
+  </si>
+  <si>
+    <t>ESTABILIZADOR SATE ARM87 3 EIXOS</t>
+  </si>
+  <si>
+    <t>Acess. p/ Celular</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>PC FONE COM MICROFONE SATE GH-358 GAMER 7.1 RGB</t>
+  </si>
+  <si>
+    <t>Headphone</t>
+  </si>
+  <si>
+    <t>ACESSORIO PARA PATINETE S9 PARALAMA DIANTEIRO</t>
   </si>
   <si>
     <t>Acess�rio para patinete</t>
   </si>
   <si>
     <t>FOSTON</t>
   </si>
   <si>
-    <t>MEM�RIA CLASSE 10 MICRO SD SANDISK/256GB/100MB/S</t>
-[...11 lines deleted...]
-    <t>Bebedouros</t>
+    <t>MODELADOR DE CACHOS ONIDA ON-058 BIVOLT</t>
+  </si>
+  <si>
+    <t>MODELADORES</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>MODELADOR DE CACHOS ONIDA ON-7047 BIVOLT</t>
+  </si>
+  <si>
+    <t>ESCOVA ALISADORA ONIDA ON-486 SEM FIO</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>CARREGADOR MEGASTAR CH400 USB 2.1A TIPO C BIVOLT</t>
+  </si>
+  <si>
+    <t>Fontes</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>PATINETE  FOSTON INFANTIL BY-2</t>
-[...47 lines deleted...]
-    <t>KIT REFLETIVA PARA PATINETE S9 / 4 PE�AS</t>
+    <t>RELOGIO DE PAREDE JH-8025 ELETRICO TEMPORIZADOR GRANDE</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>KENKO</t>
+  </si>
+  <si>
+    <t>CRONOMETRO EWTTO ET-K9325</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>EWTTO</t>
+  </si>
+  <si>
+    <t>CARREGADOR MEGASTAR CH650 USB 65W 2 USB C BIVOLT</t>
+  </si>
+  <si>
+    <t>CARREGADOR MEGASTAR CH500 USB TYPE C USB-C BIVOLT</t>
+  </si>
+  <si>
+    <t>CONTROLE LONGA DISTANCIA STETSOM SX1</t>
+  </si>
+  <si>
+    <t>Controles Longa Distancia</t>
+  </si>
+  <si>
+    <t>STETSOM</t>
+  </si>
+  <si>
+    <t>GRILL SANDWICHEIRA ELECTROBRAS EBGS-04 / 110V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>KIT DE CABELO MOREFITNESS MFS-791 / 2V</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>RADIO PHILIPS TAR-1506 AM FM PILHA</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>PHILIPS</t>
+  </si>
+  <si>
+    <t>BALAN�A DE BAGAGEM MEGASTAR BC-101 40KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Bagagem</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -242,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63cea218f42cd805d76ce825de9651d6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/293f7ab45ba232be36fa58b9b4be0153.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e349e51bdbfa7cd21ae0b256ab695be.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c91b499ee951a1f9821b0b14ca41aad.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca10f0aba55e7dba466b551b96f95dc9.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/83aeebee51f1d0ac37384aab35f10e67.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8127954006d1db552cba9a3dba6dd948.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f08cf7d0edb9d65dcae0b854e4bc432.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab77c99f9ce0d3728a6519054c115915.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a7cbc761e2e154228f37d5731bdef06.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22c69c16f4ff2f34f77e9b3d3d01c6ff.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf55043de5d4e2bac727122f6853292.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de0c2fbadb92f1f05e5dc8a43f61b702.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ff8192359fd17c4591b7d7cd31e55a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17df624628dc59cc7cb81ab9f34d5afa.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2cb94e77bc9dfd9ae4d4adc337e56b7.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39005b0fd003407cf0fa78d6facc9aeb.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3deffc6d2f1d882b30fc46bc3bb0a000.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62badbf4b4b61c19584daea8b7898fce.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0346bdcadf48f4b1441f16635d37a03.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d4eb68489cdc305f3c7eadb5c8171c6e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e019fa315a616906a3f9e03a8b251b7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d881d07dc159ba338cc2c1b3e306dc05.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22ff0906aea1038881a21bab4429ef9f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/97070c88a7357c2432dd40836b3be7a8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b88cc3f96dc9a9a48817ada864aba909.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/307d347918cb0c6a3f46f5af24807997.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0b56a1432b9fa0b288eb603c7858769c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33073b7a894a5324bd118c5a48c0f646.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6e94782c7e4ec9dcba85895302dcce9.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59c336df7ea56f7cfaf4e7e1454091c1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7119a052aeb8dcbfd7a552470d58a06.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfce1ddd00a614a99d7a1fcafd8a9863.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63d23954c45ee93c1b03cf740e15bab5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30201ba4fbadea9fe5ae8cec6f3347da.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0d8a16007fc1991c4f189149a05d2aa.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92f514aeead7d036ef09afb3458e1d8f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f8d8fd0b51d9443f0ed1a124d9f13e5e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff1a62fdb4885df471e21ecb76b216ae.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/071f5931dd2c5822ce3d4c9c051cb367.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1153,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="87.122" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>536400</v>
+        <v>543064</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>536448</v>
+        <v>543071</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3" t="s">
         <v>11</v>
       </c>
-      <c r="E3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" s="3">
-        <v>4.8</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>536479</v>
+        <v>543088</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F4" s="3">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>536486</v>
+        <v>543101</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>4.5</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>536493</v>
+        <v>543156</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F6" s="3">
-        <v>27.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>536509</v>
+        <v>543163</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F7" s="3">
-        <v>27.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>536516</v>
+        <v>543187</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F8" s="3">
-        <v>27.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>536523</v>
+        <v>543255</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>16.9</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>536554</v>
+        <v>543262</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F10" s="3">
-        <v>24.9</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>536585</v>
+        <v>543279</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="F11" s="3">
-        <v>11.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>536608</v>
+        <v>543293</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>24.7</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>536646</v>
+        <v>543316</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>142.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>536677</v>
+        <v>543330</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>27.0</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>536738</v>
+        <v>543354</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="E15" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="F15" s="3">
-        <v>100.0</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>536783</v>
+        <v>543361</v>
       </c>
       <c r="C16" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="E16" t="s">
-        <v>44</v>
+        <v>30</v>
       </c>
       <c r="F16" s="3">
-        <v>170.0</v>
+        <v>3.9</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>536790</v>
+        <v>543392</v>
       </c>
       <c r="C17" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="E17" t="s">
         <v>41</v>
       </c>
       <c r="F17" s="3">
-        <v>13.0</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>536806</v>
+        <v>543422</v>
       </c>
       <c r="C18" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F18" s="3">
-        <v>14.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>536813</v>
+        <v>543682</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="E19" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F19" s="3">
-        <v>12.5</v>
+        <v>9.85</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>536844</v>
+        <v>543699</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
       <c r="F20" s="3">
-        <v>7.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>536868</v>
+        <v>543828</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D21" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="E21" t="s">
         <v>30</v>
       </c>
       <c r="F21" s="3">
-        <v>14.0</v>
+        <v>5.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>