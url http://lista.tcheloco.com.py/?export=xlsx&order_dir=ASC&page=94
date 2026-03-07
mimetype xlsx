--- v0 (2025-12-23)
+++ v1 (2026-03-07)
@@ -14,203 +14,212 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 23/12/2025 01:45</t>
-[...11 lines deleted...]
-    <t>SANDWICHERA WINNINGSTAR ST-2122 750W       110V</t>
+    <t>Lista gerada no: 06/03/2026 21:06</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H154 / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTAS TOTAL ESMERILHADEIRA 710W 220V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>MOCHILA NOTEBOOK SATE A-KP7010 15.6"</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>MOCHILA NOTEBOOK SATE A-KP704 15.6"</t>
+  </si>
+  <si>
+    <t>TIARA "PATINHOS"</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA 225 2CHIP BLACK</t>
+  </si>
+  <si>
+    <t>Celulares</t>
+  </si>
+  <si>
+    <t>NOKIA</t>
+  </si>
+  <si>
+    <t>CELULAR NOKIA M-8210 2CHIP DARK BLUE</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2124 USB MICRO SD BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8143 2V</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O ECOPOWER EP-2733 BRA�O</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Bra�o</t>
+  </si>
+  <si>
+    <t>MEDIDOR DE PRESS�O ECOPOWER EP-2735 PULSO</t>
+  </si>
+  <si>
+    <t>Med.Pressao de Pulso</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S723 BLUETOOTH 2V</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>GELADEIRA 8.0L 12V 220V XO-CZ015</t>
   </si>
   <si>
     <t>Eletrodom�sticos</t>
   </si>
   <si>
-    <t>PANELA PRESSAO ELET. WINNINGSTAR ST-9315</t>
-[...113 lines deleted...]
-    <t>HIKVISION</t>
+    <t>PASSA ROUPA NO CABID XO-CF3 / 1500W / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>XO</t>
+  </si>
+  <si>
+    <t>LED PARA BOMBA DE MATE TERERE</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>FORNO BRITANIA BFE49 / 49L / 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>MONITOR HYE 15.6" LED HY16BLM HDMI VGA</t>
+  </si>
+  <si>
+    <t>Monitores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>MONITOR HYE 32" CURVO HY32VIEX165</t>
+  </si>
+  <si>
+    <t>HYE</t>
+  </si>
+  <si>
+    <t>RELOGIO BIOMETRICO SATE A-FA33</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>CAMERA IP BAK BK-9100 2MP 3 ANTENAS YI IOT</t>
+  </si>
+  <si>
+    <t>Cameras IP</t>
+  </si>
+  <si>
+    <t>BAK</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -233,51 +242,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87981da5a3bd5b7b10d7784af4d2a28f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2925f436a6c9c4b63095046e32e55562.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf125805ecbbe939ea0ad15687ddec0b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffd824fb590fcc996848b24abb72a26a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/042d7a28fb766929e31b4c15c212922c.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cafe2fdcc38e4f6ae28e5fce4564b3cd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17cf79f060b9963ef8008338c55ab749.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e607007602afb68295d9d93bb59ccad.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/592c1679ec298f1e54bb0ae50d83d193.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac3b799079c70aa62140edde29c5ed29.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd2ef553dd7335ec23012a815b70dc00.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b7db851e0ed297d6a1dd375bd83ed21.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1673d385198aa34b6eef06525536cc6.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c80a30051abeecee72e240a8674936e7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc32931575b973ce252316d6c6b2eae8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de322a292919745ee9dd2a6fb8a62458.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8397069e8d5f7dcdb27174701ecd8852.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc0b40ce4b0e1e2a8751877885dc6954.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3c711a9d90c4627fd8ba65fd5c6b272.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf96ce2bc06d346340b6a60973391899.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35f87b31c06085373d15a7c558850e64.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35152570e1f699a952c5435d2e8a7462.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61418fb660b0837499cba725b2930879.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c14d405b2188c4c752e39cb6e9a0f6f3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae211bfeddf06d8d9df76d896584bc59.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03fc08dd359e10c1ba3e54ef7cea59af.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1f1c778599ecd8f5482b2531a4d5c9ad.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5923bce5e8b66d026e6de76470f55397.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/52f83f01ee049bdc6adb5f7359e2ba42.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63a7cdc9937077e8c881a7a980b79883.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1cace357f267376c847fd91cd64fc2c6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dba907537a44c5769058231f8b34913f.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce89481a44d87eff3586d9c701b14e58.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b34b428e938f38e29625b2d5202849b1.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50872178dac6e45ebff7c30ec7322d4a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/971e5419c0109728308d709f6eb2ac8b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2c64e6c657066dbdab6c87057413ba84.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba6484d328d817c0891ee4d825fa65ca.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b787a4558ab727ebb355213e893869fc.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9857de87881becfe6ca571efe4bc5467.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1144,417 +1153,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="58.843" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>532587</v>
+        <v>538992</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>20.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>532600</v>
+        <v>539036</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>10.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>532617</v>
+        <v>539326</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>45.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>532631</v>
+        <v>539333</v>
       </c>
       <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" t="s">
         <v>14</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>27.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>532693</v>
+        <v>539494</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>15.0</v>
+        <v>0.89</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>532747</v>
+        <v>539593</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E7" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F7" s="3">
-        <v>13.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>532761</v>
+        <v>539609</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F8" s="3">
-        <v>22.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>532778</v>
+        <v>539647</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
         <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>25.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>532938</v>
+        <v>539654</v>
       </c>
       <c r="C10" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>532969</v>
+        <v>539661</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
         <v>12.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>532983</v>
+        <v>539678</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>32.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>532990</v>
+        <v>539708</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>32</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>16.0</v>
+        <v>63.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>533003</v>
+        <v>539715</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="F14" s="3">
-        <v>16.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>533010</v>
+        <v>539920</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F15" s="3">
-        <v>68.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>533065</v>
+        <v>539937</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E16" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="F16" s="3">
-        <v>2.4</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>533072</v>
+        <v>539975</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E17" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="F17" s="3">
-        <v>1.25</v>
+        <v>78.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>533256</v>
+        <v>539982</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D18" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E18" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>2.6</v>
+        <v>48.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>533294</v>
+        <v>539999</v>
       </c>
       <c r="C19" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" t="s">
         <v>45</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>8.0</v>
+        <v>165.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>533300</v>
+        <v>540087</v>
       </c>
       <c r="C20" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="F20" s="3">
-        <v>11.0</v>
+        <v>54.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>533324</v>
+        <v>540131</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="E21" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="F21" s="3">
-        <v>22.5</v>
+        <v>10.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>