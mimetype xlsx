--- v0 (2025-12-23)
+++ v1 (2026-03-06)
@@ -14,191 +14,215 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 23:30</t>
-[...5 lines deleted...]
-    <t>Liquidificadores / Mixer</t>
+    <t>Lista gerada no: 06/03/2026 14:31</t>
+  </si>
+  <si>
+    <t>CALCULADORA CIENT�FICA CASIO FX-82LA PLUS/AZUL</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CASIO</t>
+  </si>
+  <si>
+    <t>MOTO INFANTIL ELETRICA FOSTON X1 LARANJA 300W</t>
+  </si>
+  <si>
+    <t>Motos el�tricas</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>SPEAKER ALEXA ECHO POP/BLUETOOD/WIFI/AZUL</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>AMAZON</t>
+  </si>
+  <si>
+    <t>CELULAR IPRO F189 / 2 CANAIS / 4 FAIXAS / (SOS) / PRETO</t>
+  </si>
+  <si>
+    <t>Celulares Ipro</t>
+  </si>
+  <si>
+    <t>IPRO</t>
+  </si>
+  <si>
+    <t>CONTROLE REMOTO DE LONGA DIST�NCIA STETSOM SX1500</t>
+  </si>
+  <si>
+    <t>Controles Longa Distancia</t>
+  </si>
+  <si>
+    <t>STETSOM</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE NAKAMICHI NSE-1358/5 POLGADAS/2 VIAS/260W</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA TOTAL AA / 4 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>TESOURA DE PODA TOTAL THT0601</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>MOCHILA NOTEBOOK SATE A-KP77/13 PULEGADAS</t>
+  </si>
+  <si>
+    <t>Maletas P/Notebook</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA SUNLIGHT S2217N / 2L / 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>TAPER ESMALTADO SUNLIGHT SEM TAMPA 1PC</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>MOCHILA PORCHETE MINI 787 COLORIDAS</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTA - PARAFUSADEIRA SATE A-TK84 / 2V / 44 PCS</t>
+  </si>
+  <si>
+    <t>KIT DE FERRAMENTA - PARAFUSADEIRA SATE A-TK85 / 2V / 44 PCS</t>
+  </si>
+  <si>
+    <t>ASPIRADOR BRITANIA VERTICAL BAS1295 / 220V</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
   </si>
   <si>
     <t>BRITANIA</t>
   </si>
   <si>
-    <t>KIT DE FERRAMENTAS -  FURADEIRA NAPPO NHTI-175 / 21V</t>
-[...53 lines deleted...]
-    <t>VENTILADOR DE MESA AMAZON BASICS 220V/50HZ</t>
+    <t>ESTILETE REMOVIVEL WADFOW WSK2913</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>CROSSOVER PYRAMID CR73 GOLD S. 6 CANAIS</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>PYRAMID</t>
+  </si>
+  <si>
+    <t>CROSSOVER PYRAMID CR74 3 VIAS 6 CANAIS</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V007</t>
   </si>
   <si>
     <t>Ventiladores</t>
   </si>
   <si>
-    <t>AMAZON</t>
-[...47 lines deleted...]
-    <t>KIT DE PANELA WINNINGSTAR  9PS ST-5100</t>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>FONE DE OUVIDO ECOPOWER EP-H154 / BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -221,51 +245,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c24efc83a12173cd4e536a78fda7927d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffe487c01572dd35353196bbdf526226.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71f64f44a4b99269ea9269e8be3438c4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/742452acd9efe59c5ec40ed89882889c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa87731764b3fd75a4aabdea6e1b0ef6.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/732b02700a50c8f23899e3010f754c2a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab882be32d3df386ca736160d3de6703.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33af82394987b26630664eff5e5311ea.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/925a0111820c766e23bb2ff5114af326.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8945e3c9ee4eac5e5b34fe899b97b81c.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5ffa3f6a2b42436596827816e857a7e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a406042864bcf5dfaffdf4344094dfc.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a97569681d41ab6bd675781e1a60aab.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e66a49fd3308c4c53e99901a5e32247d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b604d06c80e264ddf6f2af508216bcbe.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc6517c4ebc0dbb075969cec6eb56110.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1157c32670fc585d067204caf8b1f94.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/744f633f671f524c0a562d31d938935e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a45be8db2b06758c319e76bf63f619c3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ee8cde59e2865407d6a17ffa484941a.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1ad135e2f2f5917ca858c202ad31d816.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4ffc8f99a059790878e827454cae9ab.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d5443e9b9ab5100fc19eb554373d514.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecc37cad620e1cce3a777b98a48aa888.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44465db0503368d15c8c2cdb4cb3b8f8.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4aee0c4a79c232d172c8b0933fadc003.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e44099bf79d81da08b90c4b9949c952.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba057f41a9186c9aa13f22e758e85b4f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf9ce459d96cc6011b44229fcef42c59.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04ffc5f2e4c599b5714bc26ee1d743e.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f88233c704848f7d35eacb24a21edd8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b933cf6f1f8f99283f1681fa78cafcd3.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a820696de2461b212acbb033698453d0.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47c38d5dee78d2dc14ae74ac6933bad3.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caa479e4feb70f3573d321f5a409f58a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4dfc5ec5665f930fa8081ac6fad3c20.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fef8cf5558e456bc66160716e9df3112.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9da9861e2735c8fea8948f8487685b2.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94a2ada3c1f15c11994c285df14b338f.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66d2d67536ace970b44d76cc755fb3b2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1132,417 +1156,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>531917</v>
+        <v>538244</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>15.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>531948</v>
+        <v>538329</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>39.0</v>
+        <v>208.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>532006</v>
+        <v>538404</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>28.0</v>
+        <v>38.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>532075</v>
+        <v>538411</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>69.0</v>
+        <v>11.9</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>532082</v>
+        <v>538459</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>69.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>532099</v>
+        <v>538466</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>69.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>532105</v>
+        <v>538510</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E8" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F8" s="3">
-        <v>69.0</v>
+        <v>0.99</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>532129</v>
+        <v>538534</v>
       </c>
       <c r="C9" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="E9" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>69.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>532150</v>
+        <v>538541</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="F10" s="3">
-        <v>5.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>532167</v>
+        <v>538596</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="F11" s="3">
-        <v>83.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>532235</v>
+        <v>538633</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F12" s="3">
-        <v>13.0</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>532242</v>
+        <v>538657</v>
       </c>
       <c r="C13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" t="s">
         <v>31</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="F13" s="3">
-        <v>28.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>532266</v>
+        <v>538695</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="E14" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>62.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>532280</v>
+        <v>538701</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="E15" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F15" s="3">
-        <v>4.5</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>532303</v>
+        <v>538718</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>43</v>
       </c>
       <c r="F16" s="3">
-        <v>62.0</v>
+        <v>28.6</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>532426</v>
+        <v>538787</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="E17" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F17" s="3">
-        <v>44.0</v>
+        <v>0.95</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>532549</v>
+        <v>538831</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="F18" s="3">
-        <v>81.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>532556</v>
+        <v>538848</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D19" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="F19" s="3">
-        <v>71.75</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>532563</v>
+        <v>538930</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="E20" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="F20" s="3">
-        <v>59.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>532570</v>
+        <v>538992</v>
       </c>
       <c r="C21" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D21" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="E21" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="F21" s="3">
-        <v>83.0</v>
+        <v>6.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>