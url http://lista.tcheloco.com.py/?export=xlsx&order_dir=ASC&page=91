--- v0 (2025-12-23)
+++ v1 (2026-03-06)
@@ -14,215 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 21:28</t>
-[...44 lines deleted...]
-    <t>Cofre</t>
+    <t>Lista gerada no: 06/03/2026 07:11</t>
+  </si>
+  <si>
+    <t>PROCESSADOR RAF R.7035/1000W/220V</t>
+  </si>
+  <si>
+    <t>Multiprocessadores</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>FOGAO A GAS RAF R.8112 / PORTA MALETA / 2 EM 1</t>
+  </si>
+  <si>
+    <t>Fogoes</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-7012 BT/ MICRO SD/USB/7"</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2112/USB/MICRO SD/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>KIT DE CHAVE DE FENDA WADFOW WSS1B10 / 10 PCS</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
   </si>
   <si>
     <t>WADFOW</t>
   </si>
   <si>
-    <t>LAMPADA LED INOVA LED-605 60W ALTA POTENCIA WHITE</t>
-[...11 lines deleted...]
-    <t>RELOGIO DE MESA KK-8082 QUAD/TEMP.</t>
+    <t>KIT DE FERRAMENTAS - CHAVE FENDA WADFOW WSS1416 / 16P</t>
+  </si>
+  <si>
+    <t>ESCOVA ONIDA ON-381/2X1/BIVOLT</t>
+  </si>
+  <si>
+    <t>Escovas Alisadoras</t>
+  </si>
+  <si>
+    <t>ONIDA</t>
+  </si>
+  <si>
+    <t>MICROFONE ECOPOWER EP-2115 SPEAKER / BLUETOOTH / FM</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>ALISADOR ECOPOWER EP-3562 / 65W / 2V</t>
+  </si>
+  <si>
+    <t>Alisadores</t>
+  </si>
+  <si>
+    <t>ALISADOR ECOPOWER EP-2005/2V</t>
+  </si>
+  <si>
+    <t>ESCOVA 2 EM 1 ECOPOWER EP-3561 / 2V</t>
+  </si>
+  <si>
+    <t>VIDEO PORTEIRO SATE A-DB23/SEM FIO/5"</t>
+  </si>
+  <si>
+    <t>Video Porteiro</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>VIDEO PORTEIRO SATE A-DB24/SEM FIO/5 PULEGADAS</t>
+  </si>
+  <si>
+    <t>FOGAO ELETRICO RAF R.8010BB (1 BOCA) / 220V / PRETO</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>KENKO</t>
-[...74 lines deleted...]
-    <t>WAER</t>
+    <t>ESCOVA RAF R.420/BLK-GLD/220V</t>
+  </si>
+  <si>
+    <t>ALARME PARA CARRO TARAMPS TW20 G4 II</t>
+  </si>
+  <si>
+    <t>Alarmes p/ carro</t>
+  </si>
+  <si>
+    <t>TARAMPS</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA VACUUM VARES CORES</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>VACUUM</t>
+  </si>
+  <si>
+    <t>SACA ROLHA SATELLITE A-WP013/RECARREG�VEL/2V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>JARRA EL�TRICA GLOK SK-18A20 PL�STICO / 1.5L / 110V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>C�MERA HD HIKVISION DS-2CE56D0T-IRPF 2.8MM/2MP/INTERIOR</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e853af40dab9d7a3d7034976373746bd.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26ae7d6f249228820e5eb8ea37691720.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dff1951d71cc7df2d98320ee15dc5dda.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ecf5b1efd3c62cc38751ad121b9909a.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3768909ff27c848d9640cc447f77928f.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/001a23cc42dfb9f3389a1f3e39b48905.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f5621f8dc8d08eb9a2088a4c68f1d7a4.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d26b9848fa86bac9fd932b09f1e8deb8.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32d17f64a168dce63640425623b24653.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49b180c4f67d30e080a5adb11b5b85c7.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9ce5a20dc0b5fefe266be38d5024917e.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6270c07534d0e1d112b9a6fe8677c05.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6fcb6cb2cbec483b8848a301c105d37c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d44a1137f1bc9328e5648ae5d0476c1b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee67cbe0472447f13b78893d658cba07.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61b82ced8100a417896cfcdf8be4db3d.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af00e150ae56ad26517a5c984fc4533d.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a1e4bc65fb9312cf207615db8a1c8904.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5f6bca380238045d4a83cf6c6cf30a7.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a350bb3fc0d2ef1e6373bf5ec8c0e1eb.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8c2486a6dd2b5c9d3557a653e08a2d74.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bbc6de4e11881bcca193018367c44c5e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/045cf19fb31a49c15207208184da1535.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41221f86cdbea24e224ccb332f37850d.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55595e6b6a4d44cdb4f99d52e18d977e.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9425d1bad96acf6544aaa3f020e6dbfd.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d1ad76c6d454ceb89215871e6704c2d.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/716c613dcc756d1d0723dfa564ff10d3.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d55144b66aee1d9c9aa021c8ef49de00.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d32e80c24e7332e64a10a2c3220d3c03.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ba9f438359f4db4ddafb6fc4524fde.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9492adc7e91a98c5bcd624c4a291c3df.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/142f94a84f99e5c608d60101509b9102.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cd4955c43a259aa6c1b3743a0b3a79b9.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f215d999131be303b5ed5f3ad8f36d88.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca283b07468e15eafe933b1bfd42a10a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37f6d394bdc3ea3ef46fdf915ea542c6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce30e9ba4d0bddfb2dd6ffd293fe98f9.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49127c6af44861d3d24bfc112100352b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/308214d8a0387cb460bf5c37b18a243a.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="62.413" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>530248</v>
+        <v>537513</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>20.0</v>
+        <v>13.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>530255</v>
+        <v>537544</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>7.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>530262</v>
+        <v>537575</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F4" s="3">
-        <v>28.75</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>530279</v>
+        <v>537599</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" t="s">
         <v>14</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>68.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>530286</v>
+        <v>537605</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>19.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>530309</v>
+        <v>537612</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>19</v>
       </c>
       <c r="F7" s="3">
-        <v>66.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>530385</v>
+        <v>537667</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F8" s="3">
-        <v>36.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>530491</v>
+        <v>537735</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F9" s="3">
-        <v>5.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>530507</v>
+        <v>537742</v>
       </c>
       <c r="C10" t="s">
         <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E10" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="F10" s="3">
-        <v>4.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>530514</v>
+        <v>537773</v>
       </c>
       <c r="C11" t="s">
+        <v>28</v>
+      </c>
+      <c r="D11" t="s">
         <v>27</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F11" s="3">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>530590</v>
+        <v>537780</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="E12" t="s">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="F12" s="3">
-        <v>7.2</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>530606</v>
+        <v>537858</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F13" s="3">
-        <v>17.0</v>
+        <v>41.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>530613</v>
+        <v>537865</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>22</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>3.5</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>530651</v>
+        <v>537902</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>2.25</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>530705</v>
+        <v>537919</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>66.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>530712</v>
+        <v>537933</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>12.75</v>
+        <v>36.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>530729</v>
+        <v>537940</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="3">
-        <v>45.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>530736</v>
+        <v>537971</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="E19" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F19" s="3">
-        <v>2.0</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>530743</v>
+        <v>537995</v>
       </c>
       <c r="C20" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D20" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="E20" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="F20" s="3">
-        <v>62.0</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>530804</v>
+        <v>538015</v>
       </c>
       <c r="C21" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>3.5</v>
+        <v>18.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>