--- v0 (2025-12-23)
+++ v1 (2026-03-06)
@@ -14,176 +14,170 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 21:37</t>
-[...38 lines deleted...]
-    <t>SPEAKER MD FLIP 6+ AUX/MicroSD/USB/BLUETOOTH</t>
+    <t>Lista gerada no: 06/03/2026 07:09</t>
+  </si>
+  <si>
+    <t>JARRA EL�TRICA ECOPOWER EP3104 / 1.8L / 220V</t>
+  </si>
+  <si>
+    <t>Jarras Eletricas</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>R�DIO ECOPOWER EP-F35/GRAVA��O/USB/MICRO SD/BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Radios</t>
+  </si>
+  <si>
+    <t>R�DIO ECOPOWER EP-F117/GR�VA��O/USB/CART�O MICRO SD</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S106/BLUETOOTH</t>
   </si>
   <si>
     <t>Speakers Pequenos</t>
   </si>
   <si>
-    <t>SPEAKER MD FLIP 6 PRO AUX/SD/USB/BLUETOOTH</t>
-[...59 lines deleted...]
-    <t>CARREGADOR HYE HYEC79L/65W/CABO/USB-C</t>
+    <t>MIXER MEGASTAR GE-541/600W/110V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>INVERSOR ECOPOWER EP-017V/12V/220V/300W</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
+  </si>
+  <si>
+    <t>BATERIA AUXILIAR ECOPOWER EP-C860 / 12000MAH / 3 EM 1</t>
+  </si>
+  <si>
+    <t>Carregadores Portateis</t>
+  </si>
+  <si>
+    <t>CALCULADORA ECOPOWER EP-C305 12D</t>
+  </si>
+  <si>
+    <t>Calculadoras</t>
+  </si>
+  <si>
+    <t>CALCULADORA ECOPOWER EP-C306 12D</t>
+  </si>
+  <si>
+    <t>CALCULADORA ECOPOWER EP-C307 12D</t>
+  </si>
+  <si>
+    <t>CALCULADORA ECOPOWER EP-C300 12D</t>
+  </si>
+  <si>
+    <t>CALCULADORA ECOPOWER EP-C301 12D</t>
+  </si>
+  <si>
+    <t>CALCULADORA ECOPOWER EP-C302 12D</t>
+  </si>
+  <si>
+    <t>CALCULADORA ECOPOWER EP-C303 12D</t>
+  </si>
+  <si>
+    <t>CALCULADORA ECOPOWER EP-C304 12D</t>
+  </si>
+  <si>
+    <t>TECLADO+MOUSE SEM FIO+MOUSEPAD ECOOWER EP-K003</t>
+  </si>
+  <si>
+    <t>Teclados</t>
+  </si>
+  <si>
+    <t>TECLADO  ECOPOWER EP-K004  ESPANHOL</t>
+  </si>
+  <si>
+    <t>MOUSE ECOPOWER EP-K006 COM FIO</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>MOUSE ECOPOWER EP-K007 COM FIO GAMER</t>
+  </si>
+  <si>
+    <t>TOSTADOR RAF R.265/4-PAES/220V</t>
+  </si>
+  <si>
+    <t>Sanduicheiras / Tostadores</t>
+  </si>
+  <si>
+    <t>RAF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -206,51 +200,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d5d45af123e404b3443d3b5a1f38c52a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5a072b9e5dad7522e0823f93fd85879.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2243cf33d24e7797c70dc68e247b90e2.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/26ca79b442f9197fa4e9ca5cd14b52c2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/448982b3c9a0c818cabbb22bfe76d077.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36a3c09c3c4b0b8c890e1576ce9f586c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a93239accdf56277967b42ad5c27a628.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d81912766b8058d7fd17d46c6b003bb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fb15625cd3cf1e2d8ab8eb97c3fb117.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3258fc0e331825b34c40e47ac805457.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf67a587c4f6f581eccb4ac7fbafea09.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6a918ec24a38179c7044b45641082491.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e984ae83260be29599e651e63c3a267b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/19065b0bd896d53baa98c4d5e0b32911.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b9165523debbde643f27699039dd3638.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae09ff95b9c337d46b9c8fc0ff431953.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ba02035e1d62c83551facd4766257da0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39a73724fdce5b6c6f2dbed250554e2a.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c33a14549141430f9de4e261d3af506.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a4eb05656389eab7a84ccfcfb551a39.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a48004f24af94344a9b8f70b4f585c60.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bd3380df3a0786166e8a9ec300b2b10e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2445a6727b1b7fc35b4c2e9da2a2e190.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cda9e3f04bb41f38617272ad9f86096.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5afa7cefd847762935eabd682f6fbbd4.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b7959e118bfb73a4933a0c7b38fe762c.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4497b53575be0c8c8e88acc4cdf88530.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c6a6735e9d7cf139173bb6bbba05ed9.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50ea3c6b10b538f282fc67b2e379c6e7.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d9bd895f013809c7871ba516c37fd36.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eacaad82c588f93f6fb14d40f21d298c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/443abf6a7fcc614770bb8e9e0ce9f236.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89ec3646ab026998745636fcb27cb2a5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5b48f4d3a2850a8ed6b73cba880816c.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5af3ba409cfd3e563c4e65bd2fc7d522.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/265fcfecbe64d54c532c0a6e4f212f49.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0540ef48c800bee9cf5904bca369bde.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ec802792162432a905a2cd15ef3fefa.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92963f2d9261b8713e91a3a37fc2f292.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac881075676f5b3302d307c54c819259.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1117,417 +1111,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>529716</v>
+        <v>537162</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>11.5</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>529846</v>
+        <v>537179</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>18.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>529914</v>
+        <v>537193</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>529921</v>
+        <v>537209</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>62.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>529952</v>
+        <v>537285</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F6" s="3">
-        <v>14.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>529969</v>
+        <v>537315</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>14.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>529976</v>
+        <v>537322</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>19.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>530002</v>
+        <v>537353</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E9" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>62.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>530040</v>
+        <v>537360</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>4.1</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>530057</v>
+        <v>537377</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>4.7</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>530064</v>
+        <v>537384</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E12" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>4.2</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>530118</v>
+        <v>537391</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="E13" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>2.95</v>
+        <v>3.85</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>530125</v>
+        <v>537407</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E14" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>2.95</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>530149</v>
+        <v>537414</v>
       </c>
       <c r="C15" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D15" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E15" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>3.45</v>
+        <v>1.9</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>530170</v>
+        <v>537421</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="E16" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F16" s="3">
-        <v>6.3</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>530187</v>
+        <v>537445</v>
       </c>
       <c r="C17" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D17" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E17" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F17" s="3">
-        <v>6.95</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>530194</v>
+        <v>537452</v>
       </c>
       <c r="C18" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D18" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E18" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F18" s="3">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>530217</v>
+        <v>537476</v>
       </c>
       <c r="C19" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D19" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="E19" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>11.5</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>530224</v>
+        <v>537483</v>
       </c>
       <c r="C20" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D20" t="s">
         <v>35</v>
       </c>
       <c r="E20" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>8.5</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>530231</v>
+        <v>537506</v>
       </c>
       <c r="C21" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D21" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E21" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
       <c r="F21" s="3">
-        <v>20.0</v>
+        <v>15.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>