--- v0 (2025-12-22)
+++ v1 (2026-03-06)
@@ -14,197 +14,209 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 19:43</t>
-[...14 lines deleted...]
-    <t>Cafeteiras</t>
+    <t>Lista gerada no: 06/03/2026 04:20</t>
+  </si>
+  <si>
+    <t>BEBEDOURO MEGASTAR WA532 QUENTE/FRIO - PLC - 220V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
   </si>
   <si>
     <t>MEGASTAR</t>
   </si>
   <si>
-    <t>ESCOVA SECADORA ONIDA SOFT BRUSH ON-1043/LILAS/2V</t>
-[...26 lines deleted...]
-    <t>Lanternas Police</t>
+    <t>MOUSE XIAOMI LITE SKU-BHR6099GL</t>
+  </si>
+  <si>
+    <t>Mouse</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>SPK ECOPOWER EP-S103     BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL LCD-LED-TV SAMSUNG S2483</t>
+  </si>
+  <si>
+    <t>Controles P/TV</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>FONE PROSPER J-B06  / BLUETOOTH / MICRO SD / PRETO</t>
+  </si>
+  <si>
+    <t>Fone sem fio</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>INVERSOR TUCANO   24V PARA 110V/500W/SG</t>
+  </si>
+  <si>
+    <t>Automotivo</t>
   </si>
   <si>
     <t>TUCANO</t>
   </si>
   <si>
-    <t>LANTERNA POLICE TUCANO TC-P911/ZOOM/RECARREGAVEL</t>
-[...71 lines deleted...]
-    <t>CELULAR IPRO F188 / DUAL SIM / SOS / PRETO</t>
+    <t>INVERSOR TUCANO 24V PARA 220V 500W/SG</t>
+  </si>
+  <si>
+    <t>BINOCULO TUCANO 10X120X80 ZOOM</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
+  </si>
+  <si>
+    <t>PNEU PARA PATINETE FS-X3 MACI�O</t>
+  </si>
+  <si>
+    <t>Acess�rio para patinete</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>MEM�RIA CLASSE 10 MICRO SD SANDISK/256GB/100MB/S</t>
+  </si>
+  <si>
+    <t>Cartoes de Memoria</t>
+  </si>
+  <si>
+    <t>SANDISK</t>
+  </si>
+  <si>
+    <t>BEBEDOURO DE MESA MEGASTAR WA508 / QUENTE/FRIO/NATURAL / 4 FILTROS / 220V</t>
+  </si>
+  <si>
+    <t>PATINETE  FOSTON INFANTIL BY-2</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>TV 43" SMART LED  SKYWORTH 43E550G GOOGLE TV WI-FI DIGITAL</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>SKYWORTH</t>
+  </si>
+  <si>
+    <t>PROJETOR LASER ROB� ECOPOWER EP-2324</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>GARRAFA TERMICA ECOPOWER EP 3090 2.5L INOX</t>
+  </si>
+  <si>
+    <t>Termica</t>
+  </si>
+  <si>
+    <t>DEPILADOR SKYSUPER PARA SOBRANCELHAS/AAAX1</t>
+  </si>
+  <si>
+    <t>Depiladores</t>
+  </si>
+  <si>
+    <t>KIT REFLETIVA PARA PATINETE S9 / 4 PE�AS</t>
+  </si>
+  <si>
+    <t>PILHA ALKALINA ECOPOWER  "D"EP-LR20 / 2 PCS</t>
+  </si>
+  <si>
+    <t>Pilhas Alcalinas</t>
+  </si>
+  <si>
+    <t>MAQUINA MORE FITNESS MF-038/COM FONTE/RECARREG�VEL/BIVOLT</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MORE FITNESS</t>
+  </si>
+  <si>
+    <t>M�QUINA MORE FITNESS YYT-015/RECARREG�VEL/BIVOLT</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +239,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/41306d29eeb78046644d989cb58892a1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d2284f7bdb9fbfcf35d64737ae20416.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8f2acc919f254e861e900c2ed825d64b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a88960b96ed48ed517fb98f85dd979b8.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/580e0c685d8f10254bc253303159408a.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/873be31bf50d829ba7c320f4a1415f2f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8baae79f50b89324fc737753810bc078.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d44788c25a70e531e31bade5620104fd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3dc79b8f30803640f5a87a3b1328761.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/949e3f721b7e0f0fe602d87dce6f6398.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/966f1ef929a7c4b8f24c0a6b5f8c1df4.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ff8b2d9deb8b20392600d87cf09ae24b.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f2d16df4d9e862540f0302e3ff20b5b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa5944a7d35d13ee9e349e03e3b71079.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb51946975ff3f3a330961c962c1fd6c.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/781ba4455bd4583c8b7ca9900c251315.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7667912581628ce8c1390cdec405647.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f177667a93e07ed533b3f8e5c3b6f72.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43b6a8241374a8c89407749a8c39b969.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d6dee0c558184c09cc16ecccbf0dfacc.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd891c7a40305348e2a25dec07ded00e.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c5453bbb5102c7865ae9a94399449b6d.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/471a54e187088b6543e7b82f92ef12d5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/149bb144ba83a708ff1bbb1be92787a7.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1766111f4828bea7029493c0131f5e33.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50b2e66a7d968f8b0bf6065de96b39da.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b7c3fbd05e5073fa08d11c2389b99d3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cff7634c7c86d2d7fadbe5a647327d37.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e728b2666c3823083dff0559ac76485.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec22ae68eccfa3690840012a93e08176.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dd53e2df50043e38134dbef16ca36eb.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/deedf80eefca5b9a742ea5c55b87cc5c.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3dbafe38e1758b5b937e913d6676179.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/272387037f13efb26668d78b4792216f.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67d9536ac98eef707de985ad567b7add.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1d9323973d663057e6afaecff24f95a.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/59ab31e463731e4a5013ecfcb864afc3.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37515a2c9ee989fb01b5cad1efcaa6fa.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aabf6674f3b2d157b973cb0169c4f886.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9ebf2335033bcdcbcee08ceaf3dd013.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1150,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="87.122" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>529167</v>
+        <v>536233</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>43.0</v>
+        <v>85.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>529181</v>
+        <v>536295</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>15.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>529228</v>
+        <v>536363</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>16.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>529235</v>
+        <v>536400</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
       <c r="E5" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>19.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>529242</v>
+        <v>536448</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F6" s="3">
-        <v>21.0</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>529266</v>
+        <v>536493</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F7" s="3">
-        <v>29.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>529280</v>
+        <v>536509</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>10.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>529297</v>
+        <v>536516</v>
       </c>
       <c r="C9" t="s">
+        <v>26</v>
+      </c>
+      <c r="D9" t="s">
+        <v>27</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>12.8</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>529303</v>
+        <v>536585</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>8.3</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>529310</v>
+        <v>536608</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F11" s="3">
-        <v>8.3</v>
+        <v>32.6</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>529334</v>
+        <v>536646</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="E12" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>10.75</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>529358</v>
+        <v>536677</v>
       </c>
       <c r="C13" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="D13" t="s">
+        <v>36</v>
+      </c>
+      <c r="E13" t="s">
         <v>30</v>
       </c>
-      <c r="E13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F13" s="3">
-        <v>23.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>529372</v>
+        <v>536783</v>
       </c>
       <c r="C14" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F14" s="3">
-        <v>20.75</v>
+        <v>167.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>529389</v>
+        <v>536790</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="E15" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F15" s="3">
-        <v>23.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>529396</v>
+        <v>536806</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D16" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="E16" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F16" s="3">
-        <v>22.75</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>529402</v>
+        <v>536844</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D17" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E17" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="F17" s="3">
-        <v>40.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>529440</v>
+        <v>536868</v>
       </c>
       <c r="C18" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D18" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="E18" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="F18" s="3">
-        <v>24.5</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>529549</v>
+        <v>536899</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>1.75</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>529563</v>
+        <v>536912</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F20" s="3">
-        <v>21.9</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>529587</v>
+        <v>536929</v>
       </c>
       <c r="C21" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F21" s="3">
-        <v>11.9</v>
+        <v>9.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>