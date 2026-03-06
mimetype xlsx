--- v0 (2025-12-22)
+++ v1 (2026-03-06)
@@ -14,197 +14,206 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 17:25</t>
-[...50 lines deleted...]
-    <t>Acess. p/ Celular</t>
+    <t>Lista gerada no: 06/03/2026 02:34</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL AR COND ECOPOWER EP-8607</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>GRAMPIADOR WADFOW WGU4B06</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>FORNO LUMA BELLA 2X1 LB-60003 30L 220V</t>
+  </si>
+  <si>
+    <t>Fornos eletrico</t>
+  </si>
+  <si>
+    <t>LUMA BELLA</t>
+  </si>
+  <si>
+    <t>CABO AUDIO/VIDEO 1M</t>
+  </si>
+  <si>
+    <t>DVD"S</t>
   </si>
   <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>ESTILETE  TOTAL  THT5136288</t>
-[...47 lines deleted...]
-    <t>Fone sem fio</t>
+    <t>LAMPA LED UFO 18W OVINI  /E27/</t>
+  </si>
+  <si>
+    <t>Lampadas E27</t>
+  </si>
+  <si>
+    <t>LAMPARA LED UFO 24W OVINI  /E27/</t>
+  </si>
+  <si>
+    <t>SPEAKER INOVA RAD-0021 BAT.REC.MIC/FIO BLUTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>INOVA</t>
+  </si>
+  <si>
+    <t>ESTA��O DE CARREGAMENTO  XIAOMI MI ROBOT MOP 2 ULTRA</t>
+  </si>
+  <si>
+    <t>Aspiradores</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
+  </si>
+  <si>
+    <t>TELEFONE UNIDEN S/FIO/SEC D1680 110V</t>
+  </si>
+  <si>
+    <t>Telefones S/Fio</t>
+  </si>
+  <si>
+    <t>UNIDEN</t>
+  </si>
+  <si>
+    <t>TELEFONE UNIDEN S/FIO/    D1660-2 FONES  /110V</t>
+  </si>
+  <si>
+    <t>TESOURA DE PODA WADFOW  WJFP1504</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-1960 BLUT</t>
+  </si>
+  <si>
+    <t>Speakers Grandes</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V005</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>PASSADEIRA A VAPOR MEGA STAR PA210 / 220V</t>
+  </si>
+  <si>
+    <t>Ferros</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR MEGASTAR KC-1002R (VERMELHO)/220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE JBL STAGE 82 CAR SUBWOOFERS 8" 800W /200WRM</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
   </si>
   <si>
     <t>JBL</t>
   </si>
   <si>
-    <t>FONE DE OUVIDO JBL T520BT / BLUETOOTH / BRANCO</t>
-[...14 lines deleted...]
-    <t>Cabos automotivos</t>
+    <t>PARLANTE NAKAMICHI NSE1058 4" 260W DE 2 VIAS (40W RMS)</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>LED RGB 8M ECOPOWER EP-8142</t>
+  </si>
+  <si>
+    <t>Fitas Led</t>
+  </si>
+  <si>
+    <t>MICROFONE COM FIO ECOPOWER EP-M303</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>MICROFONE SEM FIO ECOPOWER EP-M301</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -227,51 +236,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e18aebd75b97475672ea27bc4502151.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d187d505afe3bbd197e412cce6ed61e.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebe50e0e91577bf69c318ecdb5ae121b.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/25fcdefc90ea28030f42fb19a9c36901.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4f5f5f3f8e0edd804691196add2bb423.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc8133355e1ad6b105e870dd24143174.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1be07203534598f4d9b5e9d54f4f99f6.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b24e70c141727383be31f78ca978e269.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be75d7dd11fd6cf6e5af8b591cca2b8e.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4e9c44c6b2b4860c2bd29366ab91eea.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/634bee927b99c2bce59d00177c68cd8b.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1018aded44e9e3fa95a302584935dd4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d07f50eb1ea41516db212fc4a5174ef.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc13e38fd76f6c195d6a40ba813757c0.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bc0d8e63b455a226825eadb174243c7a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b0daafb98796e7b4d4b332234563965.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e98fbdcbb246a806c61f936c5dbfbae6.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4360368f998b1c97d5b5275c5096f1fe.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a211be984032b0c63177970ede468010.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04ff313e84d1f30e25f683d6b83257dd.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4124fdbb32307bd726f9067d0c37ee46.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2287b50be784e087064eaa3bfb92c24c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4bca6d35970244110d9923c9fbe52c7.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30db82ca13c344c030948f99652aa5ca.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/722d2b1cca5c0a634da46fb2a4d18ee7.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76369fbb2f2656083521b763d0fda682.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c2c69e724bf17fa4fd563278bc1fb5c.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9b90a88efc44144f1a97ee551fb40ef.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/098cbfe18351b9bb5dfe63bb9ad60ed9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e345ba5467f56c1f2f83aeef72f7aa2f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0757e7b6df20cf9b2b8147881d601c48.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/53efa16909d3b9f402311146bf2fe5da.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1270edad7578dd16ec94b98f2062b20d.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44ed3498ee7560e63989e0bd4750e3aa.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7705bfdeecf604b9ddb2b9a97ed1c93a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ffff2e2deadf2c6a89774498ae118ab1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad435bab8e26b61430d12bd0a286914f.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e12516928e767dbe43172d890f3584b.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/080e533a226f634a42723c2d6aac78de.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/67b41dc5a534a442ba56f555d3903bbd.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1138,417 +1147,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>526999</v>
+        <v>533409</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>12.75</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>527002</v>
+        <v>533454</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>12.75</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>527019</v>
+        <v>533478</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>12.75</v>
+        <v>57.5</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>527026</v>
+        <v>533645</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="F5" s="3">
-        <v>29.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>527033</v>
+        <v>533652</v>
       </c>
       <c r="C6" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>38.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>527040</v>
+        <v>533669</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>52.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>527224</v>
+        <v>533690</v>
       </c>
       <c r="C8" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E8" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="F8" s="3">
-        <v>15.8</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>527231</v>
+        <v>533737</v>
       </c>
       <c r="C9" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F9" s="3">
-        <v>31.0</v>
+        <v>123.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>527255</v>
+        <v>533751</v>
       </c>
       <c r="C10" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F10" s="3">
-        <v>15.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>527279</v>
+        <v>533768</v>
       </c>
       <c r="C11" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="E11" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F11" s="3">
-        <v>6.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>527347</v>
+        <v>533829</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>7.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>527354</v>
+        <v>533898</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F13" s="3">
-        <v>5.5</v>
+        <v>55.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>527361</v>
+        <v>533911</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="F14" s="3">
-        <v>6.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>527385</v>
+        <v>533980</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="E15" t="s">
-        <v>24</v>
+        <v>39</v>
       </c>
       <c r="F15" s="3">
-        <v>5.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>527408</v>
+        <v>533997</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>9.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>527415</v>
+        <v>534109</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D17" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E17" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="F17" s="3">
-        <v>10.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>527460</v>
+        <v>534116</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E18" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="F18" s="3">
-        <v>28.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>527477</v>
+        <v>534123</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="E19" t="s">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F19" s="3">
-        <v>28.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>527491</v>
+        <v>534192</v>
       </c>
       <c r="C20" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D20" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E20" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
       <c r="F20" s="3">
-        <v>13.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>527507</v>
+        <v>534208</v>
       </c>
       <c r="C21" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="D21" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
-        <v>1.9</v>
+        <v>22.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>