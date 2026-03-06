--- v0 (2025-12-22)
+++ v1 (2026-03-06)
@@ -14,206 +14,203 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 22/12/2025 16:31</t>
-[...2 lines deleted...]
-    <t>LIQUIDIFICADOR MONDIAL L-550W EASY POWER/WHITE/110V</t>
+    <t>Lista gerada no: 06/03/2026 00:47</t>
+  </si>
+  <si>
+    <t>KIT DE PANELA WINNINGSTAR  8PS ST-5101</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>KIT DE PANELA WINNINGSTAR  9PS ST-5100</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR WINNING STAR ST-2081 / 1.5L / 110V</t>
   </si>
   <si>
     <t>Liquidificadores / Mixer</t>
   </si>
   <si>
-    <t>MONDIAL</t>
-[...38 lines deleted...]
-    <t>IRRIGADOR BUCAL WATERPIK WP-462W 110V</t>
+    <t>PANELA PRESSAO ELET. WINNINGSTAR ST-9315</t>
+  </si>
+  <si>
+    <t>Panelas Eletricas/ Arroz</t>
+  </si>
+  <si>
+    <t>PANELA ARROZ WINNINGSTAR ST-2000 BK 110V</t>
+  </si>
+  <si>
+    <t>PANELA ARROZ WINNINGSTAR ST-2000 BRANCO 110V</t>
+  </si>
+  <si>
+    <t>SPEAKER  HOPERSTAR P20 MINI HS-1581/BT</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
+  </si>
+  <si>
+    <t>HOPESTAR</t>
+  </si>
+  <si>
+    <t>FRIGIDEIRA WINNINGSTAR ST-5201 24CM</t>
+  </si>
+  <si>
+    <t>FRIGIDEIRA WINNINGSTAR ST-5202 24CM TAMPA</t>
+  </si>
+  <si>
+    <t>FRIGIDEIRA WINNINGSTAR ST-5202-28CM/TAMP</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>PULVERIZADOR WADFOW WSS1550 5.0L</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>WADFOW</t>
+  </si>
+  <si>
+    <t>FRITADEIRA RAF R-5219 / INOXIDAVEL / 3.5L / 220V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>RAF</t>
+  </si>
+  <si>
+    <t>MAQUINA DE COZINHAR OVOS ELECTROBRAS/220V</t>
+  </si>
+  <si>
+    <t>Eletrodom�sticos</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>WATERPIK PERLA - IRRIGADOR SEM FIO RECARREG�VEL WP-492EU/220V</t>
   </si>
   <si>
     <t>Sa�de Bucal</t>
   </si>
   <si>
     <t>WATERPIK</t>
   </si>
   <si>
-    <t>IRRIGADOR BUCAL WATERPIK WP-310A 110V/220V</t>
-[...77 lines deleted...]
-    <t>Secadores</t>
+    <t>FONE DE OUVIDO ONLY ROMPEOIDOS3 / MICROFONE / CORES</t>
+  </si>
+  <si>
+    <t>Fone com fio</t>
+  </si>
+  <si>
+    <t>ONLY</t>
+  </si>
+  <si>
+    <t>CADEADO 50MM SOLIX / (1 UNID COM 3 CHAVES)</t>
+  </si>
+  <si>
+    <t>SOLIX</t>
+  </si>
+  <si>
+    <t>ARO LED ECOP EP-T102 26"/TRIPE/MICRO/</t>
+  </si>
+  <si>
+    <t>Aro LED</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>TRIPE P/CX SOM ECOPOWER   EP-100 UNIV</t>
+  </si>
+  <si>
+    <t>Trip�s</t>
+  </si>
+  <si>
+    <t>CAMERA HD HIKVISION COLORVU DS-2CE10DF0T-LPFS MICROFONE</t>
+  </si>
+  <si>
+    <t>C�meras de Seguran�a</t>
+  </si>
+  <si>
+    <t>HIKVISION</t>
+  </si>
+  <si>
+    <t>CONTROLE UNIVERSAL AR COND ECOPOWER EP-8605</t>
+  </si>
+  <si>
+    <t>Controles P/AR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -236,51 +233,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d98f9ebfeaa7410a65c38d26346cff7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bec223ce43b44b6763512a0d9b3a0f1a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84ef233da90d520c7e3ab8f3b4cee403.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac877c32085ddebd4e66b6768a3dcd29.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9295993cb386ed6300fcca728e2ff216.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e879ef4b7681da6fc22807af64c9da20.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3b903e6bbff96cb168a94e6a0266b3f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/77735a52d7e6bb4b44d6b7a2648a0ed0.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7152f62d5e7dfd4f18e3f316ba2ab59d.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27d98feb9bc30d8ae93313cf1975cde2.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ad95bad16b063d90f891dacec49743c.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ad71d28b9c9d9267f8207b5de66c950a.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2d868caef22d14efbcb01a1fc63b7bbb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e2f921f68db7e1e51806ee069e0fb72.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1279c669846b5733aa893e71c47f063.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee9150836563dc7fca36472264e13442.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e0a9f93fbdcc84abde77951bcbf69b0b.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3c4cb65d6b340d1ddd27b292b845d2c.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c341473e7ee522d61caf76ab93747b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f08bb6d40fecb85af70ab357c2d467a5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37a6c8b6806cf28ddd67b68aeeb9cf27.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ebdcbc8b0c9e355ea238a76cb99d637.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1248124482f395a8317cfcead842386a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36c0f932d6296b55379995990b979b5f.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/65e32d2a8e1a845becee478fc3fa77f3.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fdb6dcf1ba8a66abe1c49f57145e299.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/334eabbfb00c43a968e1cfa37963f3d2.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/811e2ca51738ff55fd3079251cf15984.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f652404d14f7e1244922b1a5d9e4abb0.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2409303903c4ea1775ac4fd10ed2a54d.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/991f399923bb8b9c318ed915e5b7ba70.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/458f951d8f852585430469aae43dfa86.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89b82ef0c4bd9a3e2d439263dbc4c569.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ddab6441a69cf4f4b58b826b81d4adf.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f61207462526f5297fbefaa82f6ca3a8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/47ef59a198efe3f876505f0541d8844e.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a18e4913d0252623b4b941b1a631a99e.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a6d1005ba50ad375b5175b101ef734ee.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf80f2e354de1960ef4fe47cb61096e1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ae67f6a1fed7a7956a94af48acec2550.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1147,417 +1144,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="72.982" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>526357</v>
+        <v>532563</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>14.9</v>
+        <v>59.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>526418</v>
+        <v>532570</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>2.5</v>
+        <v>83.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>526425</v>
+        <v>532587</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>19.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>526449</v>
+        <v>532617</v>
       </c>
       <c r="C5" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>6.6</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>526586</v>
+        <v>532624</v>
       </c>
       <c r="C6" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="E6" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>78.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>526593</v>
+        <v>532631</v>
       </c>
       <c r="C7" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="D7" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>68.0</v>
+        <v>27.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>526609</v>
+        <v>532693</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>67.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>526616</v>
+        <v>532747</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>17.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>526623</v>
+        <v>532761</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D10" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="E10" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>526647</v>
+        <v>532778</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="D11" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="E11" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>15.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>526654</v>
+        <v>532938</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="D12" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E12" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F12" s="3">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>526661</v>
+        <v>532983</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F13" s="3">
-        <v>9.0</v>
+        <v>32.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>526678</v>
+        <v>533003</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D14" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="E14" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F14" s="3">
-        <v>9.5</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>526685</v>
+        <v>533010</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D15" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="E15" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F15" s="3">
-        <v>9.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>526869</v>
+        <v>533072</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F16" s="3">
-        <v>65.0</v>
+        <v>1.25</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>526883</v>
+        <v>533126</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>25</v>
       </c>
       <c r="E17" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>21.0</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>526951</v>
+        <v>533287</v>
       </c>
       <c r="C18" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="E18" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="F18" s="3">
-        <v>12.0</v>
+        <v>23.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>526968</v>
+        <v>533294</v>
       </c>
       <c r="C19" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E19" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>12.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>526975</v>
+        <v>533324</v>
       </c>
       <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
+        <v>47</v>
+      </c>
+      <c r="E20" t="s">
         <v>48</v>
       </c>
-      <c r="D20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F20" s="3">
-        <v>19.0</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>526982</v>
+        <v>533393</v>
       </c>
       <c r="C21" t="s">
+        <v>49</v>
+      </c>
+      <c r="D21" t="s">
         <v>50</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="F21" s="3">
-        <v>12.75</v>
+        <v>2.5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>