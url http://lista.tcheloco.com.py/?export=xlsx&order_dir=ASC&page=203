--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 07/12/2025 06:13</t>
+    <t>Lista gerada no: 03/03/2026 02:51</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>