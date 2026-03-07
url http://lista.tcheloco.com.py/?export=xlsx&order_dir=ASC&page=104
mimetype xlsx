--- v0 (2025-12-23)
+++ v1 (2026-03-07)
@@ -14,215 +14,200 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 23/12/2025 04:28</t>
-[...14 lines deleted...]
-    <t>Speakers medios</t>
+    <t>Lista gerada no: 07/03/2026 08:16</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-S110 BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers Pequenos</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8143 2V</t>
-[...20 lines deleted...]
-    <t>SPEAKER ECOPOWER EP-S723 BLUETOOTH 2V</t>
+    <t>SPEAKER ECOPOWER EP-S108 BLUETOOTH</t>
   </si>
   <si>
     <t>Speakers Grandes</t>
   </si>
   <si>
-    <t>GELADEIRA 8.0L 12V 220V XO-CZ015</t>
-[...20 lines deleted...]
-    <t>Patinete Eletrico</t>
+    <t>COPO TERMICO ECOPOWER EP-2126 SPEAKER BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Copos</t>
+  </si>
+  <si>
+    <t>GRILL PANELA ECOPOWER EP-3622 220V</t>
+  </si>
+  <si>
+    <t>Grill</t>
+  </si>
+  <si>
+    <t>GRILL PIZZERA ECOPOWER EP-3618 220V</t>
+  </si>
+  <si>
+    <t>GRILL CHURRASQUERIA ECOPOWER EP3621 220V</t>
+  </si>
+  <si>
+    <t>SOPRADOR + ASPIRADOR NAPPO NHJ-190 800W 220V</t>
+  </si>
+  <si>
+    <t>Ferramentas</t>
+  </si>
+  <si>
+    <t>NAPPO</t>
+  </si>
+  <si>
+    <t>LIXADEIRA - POLIDORA NAPPO NHF-171 BIVOLT</t>
+  </si>
+  <si>
+    <t>COPO TERMICO VIDRO DUPLO 85ML 02 UNIDADES</t>
+  </si>
+  <si>
+    <t>VARENNA</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO HYE 24000 60HZ COM KIT QUENTE FRIO</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
   </si>
   <si>
     <t>HYE</t>
   </si>
   <si>
-    <t>LED PARA BOMBA DE MATE TERERE</t>
-[...17 lines deleted...]
-    <t>Monitores</t>
+    <t>AR CONDICIONADO HYE 9000 60HZ COM KIT QUENTE FRIO</t>
+  </si>
+  <si>
+    <t>MAQUINA CORTA BARBA/CABELO MEGASTAR GWE024 / RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>MAQUINA CORTA BARBA/CABELO MEGASTAR GWE022 / RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>BARBEADOR HYUNDAI MINI PHT-051 RECARREGAVEL</t>
+  </si>
+  <si>
+    <t>Barbeadores</t>
   </si>
   <si>
     <t>HYUNDAI</t>
   </si>
   <si>
-    <t>MONITOR HYE 32" CURVO HY32VIEX165</t>
-[...44 lines deleted...]
-    <t>MULTIMIDIA VOYAGER KIA SPORTAGE 2010 14</t>
+    <t>SECADOR MONDIAL SC-47 VIAGEM GOLDEN BIVOLT</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>CAFETEIRA ELECTROBRAS MULTICAPSULA EBCM-20 220V</t>
+  </si>
+  <si>
+    <t>Cafeteiras</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>CAFETEIRA ELECTROBRAS MULTICAPSULA EBCM-20 110V</t>
+  </si>
+  <si>
+    <t>COLETE PORTA FERRAMENTA TOTAL TTVT16025</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <t>CELULAR LG T585 3.2" 4 BANDAS 2CHIP BR GREY</t>
+  </si>
+  <si>
+    <t>Celulares LG</t>
+  </si>
+  <si>
+    <t>LG</t>
+  </si>
+  <si>
+    <t>RELOGIO XIAOMI REDMI WATCH 5 ACTIVE M2351 SILVER</t>
+  </si>
+  <si>
+    <t>Smart Watch / Fitness</t>
+  </si>
+  <si>
+    <t>XIAOMI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -245,51 +230,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34719949d5353dbf5e120ae91ceea85d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f45407d0ccc28af299f2e72eab15d8c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6960aa6fa8eea5b24d243220a2b69ac.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e186c3605ef7e3eadc60bf1674167aeb.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/884b59a0d73fe14000af637bc251317b.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/339a2fd3496e45823749ef94d1753b7f.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6eb713926568b09a0476873d740d7f94.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ee953a54e904a403e20475cc35958fbb.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0083fb9184d14fb570bbbf73f8e14422.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ef9372926694126ff024de87cca95385.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e44a31fa7806562331f49a5d085f3cc.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/297ea384d227fb745f381a698d78f0de.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1bcc85fde50d9ce46f0bfe451c4da10c.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4dc3dae0104f81cd2d7358f4fa99199b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c27575305786429c08dbde13fc4b1384.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/703d616d3d46642af95faf315a5cadf1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/893d269091196a7ac5f46ef624feab43.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b5e53b23d0ae4e5f30badef92009923.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07180af73825ee34e29cd5d7f5fa5c7b.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e4b11ecc02ceae94008413a02343582.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/204a6965f9dbf8afc79c910e58e4b435.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a948c4a3acb7794f510f99fd74c1c0ed.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6512cdaf541703f67b9f41d5c96c2b20.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eb5acf0d9ca32b3a6cf94156668a9386.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7ec6afb36028de59e950b3fbad30950.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e949e14992cc714e4d29aae0cad3c64a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ace7efc2487179c74e7e2696f7000e3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f2dcf738e2903954fde0e7be9c11fcd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e19a39cb25b843733548894a9f09428a.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11f3b0559c50744324a8d9d5f572f3e8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b344f300b8d05b9bdb190552aa09f8c0.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/559bc22dabbcd164d5c53f168d6e75a8.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d557272685b851c1e26b5a02309a5b13.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d044b969a6176aa735455c3a5153056.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13e56e4d2407620d67ab5c50a57d19a0.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c3d4d30c2765837b5ad9874a919192b.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/270298f36e305bd786861e6e4c6b4fc4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/48cecd056e7062ff2c1a0b01f380a6c5.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adf3fd060aeb821f31993b01e49673e0.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c716521a4329abc10aabbbd8e91dec6.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1156,417 +1141,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>539609</v>
+        <v>546454</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>21.0</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>539647</v>
+        <v>546461</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>15.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>539654</v>
+        <v>546478</v>
       </c>
       <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F4" s="3">
-        <v>20.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>539661</v>
+        <v>546508</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F5" s="3">
-        <v>12.0</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>539678</v>
+        <v>546515</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>9.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>539685</v>
+        <v>546522</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>9.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>539708</v>
+        <v>546553</v>
       </c>
       <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>19</v>
+      </c>
+      <c r="E8" t="s">
         <v>20</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>63.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>539715</v>
+        <v>546560</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F9" s="3">
-        <v>65.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>539722</v>
+        <v>546584</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="D10" t="s">
-        <v>26</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="F10" s="3">
-        <v>26.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>539869</v>
+        <v>546621</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>190.0</v>
+        <v>505.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>539937</v>
+        <v>546638</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="E12" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="F12" s="3">
-        <v>2.0</v>
+        <v>240.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>539944</v>
+        <v>546690</v>
       </c>
       <c r="C13" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="F13" s="3">
-        <v>25.0</v>
+        <v>24.5</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>539982</v>
+        <v>546706</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="E14" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="F14" s="3">
-        <v>48.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>539999</v>
+        <v>546744</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F15" s="3">
-        <v>165.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>540070</v>
+        <v>546768</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="D16" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="E16" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="F16" s="3">
-        <v>103.0</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>540087</v>
+        <v>546782</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D17" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="F17" s="3">
-        <v>54.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>540131</v>
+        <v>546805</v>
       </c>
       <c r="C18" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="E18" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="F18" s="3">
-        <v>10.0</v>
+        <v>70.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>540148</v>
+        <v>546867</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>50</v>
+        <v>19</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>9.75</v>
+        <v>14.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>540162</v>
+        <v>546874</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>30.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>540179</v>
+        <v>546881</v>
       </c>
       <c r="C21" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="F21" s="3">
-        <v>30.0</v>
+        <v>28.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>