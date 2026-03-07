--- v0 (2025-12-23)
+++ v1 (2026-03-07)
@@ -14,194 +14,188 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 23/12/2025 06:32</t>
-[...29 lines deleted...]
-    <t>Maletas P/Notebook</t>
+    <t>Lista gerada no: 07/03/2026 07:08</t>
+  </si>
+  <si>
+    <t>RASTREADOR LOCALIZADOR SATE MF01 IOS BLACK</t>
+  </si>
+  <si>
+    <t>Seguran�a</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>MOCHILA NOTEBOOK  SATE LED LETREIRO  15.6 KP8131</t>
-[...26 lines deleted...]
-    <t>CROSSOVER PYRAMID CR73 GOLD S. 6 CANAIS</t>
+    <t>RASTREADOR LOCALIZADOR SATE MF01 IOS WHITE</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V100 BATERIA RECARREGAVEL PORTATIL 2V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>ECOPOWER</t>
+  </si>
+  <si>
+    <t>VENTILADOR ECOPOWER EP-V101 BATERIA RECARREGAVEL PORTATIL 2V</t>
+  </si>
+  <si>
+    <t>LEITOR DE MEMORIA SATE A-HUB06 USB 3.0</t>
+  </si>
+  <si>
+    <t>Leitor de Memorias</t>
+  </si>
+  <si>
+    <t>CORNETA PRETA MINI "CURTA"</t>
   </si>
   <si>
     <t>Automotivo</t>
   </si>
   <si>
-    <t>PYRAMID</t>
-[...34 lines deleted...]
-  <si>
     <t>DIVERSOS</t>
   </si>
   <si>
-    <t>AR CONDICIONADO MANNATECH 12000 BTU / 220V / 60HZ</t>
-[...14 lines deleted...]
-    <t>NOKIA</t>
+    <t>MAQUINA DE BARBEAR TUCANO TC-233 BARBA/RECARREGAVEL / GOLD</t>
+  </si>
+  <si>
+    <t>Maq.Corta Cabelo/Barba</t>
+  </si>
+  <si>
+    <t>TUCANO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T6901 AZUL ELETRICO</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE  SATE AC-T6842 VERDE ELETRICA</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE  SATE AC-T6841 ORANGE ELETRICA</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE  SATE AC-T6844 WHITE ELETRICA</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-640 BLUETOOTH USB MICRO SD RADIO FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
+  </si>
+  <si>
+    <t>ALTO FALANTE ECOPOWER EP-6102 6X9" (2 VIAS)</t>
+  </si>
+  <si>
+    <t>Alto Falantes</t>
+  </si>
+  <si>
+    <t>LIQUIDIFICADOR ECOPOWER EP-3210 1.75L 220V</t>
+  </si>
+  <si>
+    <t>Liquidificadores / Mixer</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P6900 ION 110V AZUL</t>
+  </si>
+  <si>
+    <t>Secadores</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>SECADOR PROSPER P6900 ION 220V AZUL</t>
+  </si>
+  <si>
+    <t>VENTILADOR DIGITRON 18360 CABEZA LOCA 110V</t>
+  </si>
+  <si>
+    <t>DIGITRON</t>
+  </si>
+  <si>
+    <t>VENTILADOR MONDIAL VTX-40 40CM - 8 PAS - PARED - 220V</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>SPEAKER ECOPOWER EP-2535 BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Speakers medios</t>
+  </si>
+  <si>
+    <t>LEITOR DE CODIGO DE BARRAS SATE A-SCAN01 CABO</t>
+  </si>
+  <si>
+    <t>Informatica</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +218,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03674f9cefcd99842cf091df4210ab7a.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9a24eb2fac8f94c2f4b12c4c442f8b4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/441d07f5f9f1af393867a751797ec3b4.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8fb637b7388d60be1e52f2519aae1d60.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/541195fcc58aa01790e589ad0ace8199.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/256978eb6d9915b30552bc156608be1a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75ff57251f4f57f825e3db383d80e06f.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/363ce9d2955f8b4db80fa3594b5f4a6d.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63331d80bb886d7e59296c07a2ffe650.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a88650182bc686e5eb0adb91d4152c45.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/036af05f66bed616047242c6bdd4e3a1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe6bb75e35ad7a7a04394ce6235f71eb.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2dcd2e08ab4484d64488b0a2d5b081ba.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7ecf328c48a8b3193037a1d492c70d52.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54f378e239d746cda1c58e29565546f3.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a047e122e674c4bd53c3271922d4e96.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d1f36415b4c2dda19e1f16ca33702c2a.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54132c87bb682e587f2348b4e16247ef.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a9aad27217a2d5291aa0fca5c710e66a.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da8e44dc7e34c2c843543cd6075ff332.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b25ae20fa460f756aa08d8fade002d4f.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/243184d7c1040fa05cf24bed2ad5ee1a.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a2f333de78bf6f3f7917ce44737a6d7e.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc497ee5ca9d8ca58c9b23a7f0f49c49.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cb7178b910dbe30e49368c6f1749175d.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5ab597480715ceda2119071bd3541189.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6cfdab6c1a78f87ff083caf2ef4d5a87.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4795fd18c18375fdf3bd0c0d13cbf585.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08a5c66eaddc90780aab0edc53e1bf76.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf1da2d96af62462ea653726f49fc392.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9afb4576fd3740c85526a9be2f896de1.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d026429cd88728eebb812e70ea31749.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/694dd68e76b723c328b4590d1bf096d8.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/317dd8f9d378b6ae706aed53bcff028b.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cf6d6b9a81c8af2c6390862d17f2064.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61b3af55a526087f49c972ef81b16dd2.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ddca086ac3d6b6db4c04ce5a13a1edf4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ffd3c726362d564eb74d1547ebbb6f6.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/da22b9a11f582df591c6641f7c487cc1.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e7049a44d926ed66637c881ad8045b38.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,414 +1129,414 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="70.697" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>538497</v>
+        <v>545365</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>0.6</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>538510</v>
+        <v>545372</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>0.99</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>538534</v>
+        <v>545389</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>538541</v>
+        <v>545396</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F5" s="3">
-        <v>13.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>538558</v>
+        <v>545471</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>68.0</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>538596</v>
+        <v>545488</v>
       </c>
       <c r="C7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>8.0</v>
+        <v>0.5</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>538633</v>
+        <v>545877</v>
       </c>
       <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" t="s">
         <v>22</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" s="3">
-        <v>1.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>538657</v>
+        <v>545884</v>
       </c>
       <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" t="s">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>4.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>538701</v>
+        <v>545891</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>16.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>538787</v>
+        <v>545907</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="3">
-        <v>0.95</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>538831</v>
+        <v>545914</v>
       </c>
       <c r="C12" t="s">
         <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="E12" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
       <c r="F12" s="3">
-        <v>9.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>538848</v>
+        <v>545976</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E13" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="F13" s="3">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>538930</v>
+        <v>545983</v>
       </c>
       <c r="C14" t="s">
+        <v>30</v>
+      </c>
+      <c r="D14" t="s">
         <v>31</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="F14" s="3">
-        <v>4.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>538947</v>
+        <v>546003</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>28.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>538992</v>
+        <v>546096</v>
       </c>
       <c r="C16" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" t="s">
         <v>35</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>36</v>
       </c>
-      <c r="E16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="3">
-        <v>6.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>539326</v>
+        <v>546102</v>
       </c>
       <c r="C17" t="s">
         <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="E17" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="F17" s="3">
-        <v>14.0</v>
+        <v>26.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>539333</v>
+        <v>546133</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="F18" s="3">
-        <v>13.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>539494</v>
+        <v>546140</v>
       </c>
       <c r="C19" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D19" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>41</v>
       </c>
       <c r="F19" s="3">
-        <v>0.89</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>539548</v>
+        <v>546171</v>
       </c>
       <c r="C20" t="s">
         <v>42</v>
       </c>
       <c r="D20" t="s">
         <v>43</v>
       </c>
       <c r="E20" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="F20" s="3">
-        <v>245.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>539593</v>
+        <v>546195</v>
       </c>
       <c r="C21" t="s">
+        <v>44</v>
+      </c>
+      <c r="D21" t="s">
         <v>45</v>
       </c>
-      <c r="D21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E21" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="F21" s="3">
         <v>18.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>