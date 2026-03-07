--- v0 (2025-12-23)
+++ v1 (2026-03-07)
@@ -14,233 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 23/12/2025 07:10</t>
-[...38 lines deleted...]
-    <t>Eletrodom�sticos</t>
+    <t>Lista gerada no: 07/03/2026 06:24</t>
+  </si>
+  <si>
+    <t>CABO HDMI 3.00M SATE AL-16 BLK</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
   </si>
   <si>
     <t>SATE</t>
   </si>
   <si>
-    <t>JARRA EL�TRICA GLOK SK-18A20 PL�STICO / 1.5L / 110V</t>
-[...35 lines deleted...]
-    <t>Speakers Pequenos</t>
+    <t>CABO HDMI 2.00M SATE AL-17 BLACK</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG A06 A065M 64GB 4 RAM BLACK</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>PROJETOR LASER ROBO PROSPER P-3112 BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T6900 VERDE ELETRICO</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>RELOGIO DE MESA SATE AC-T6801 RED ELETRICO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE MESA SATE AC-T6831 BLACK ELETRICO</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T6811 RED ELETRICO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE  SATE AC-T6843 BLUE ELETRICA</t>
+  </si>
+  <si>
+    <t>TRICICLO ELECTRICO FOSTON GT4400 LETRA AZUL</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>LANTERNAR ECOPOWER RECARREGAVEL EP-8149 2V</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>MICROFONE ECOPOWER EP-2114</t>
-[...74 lines deleted...]
-    <t>TOTAL</t>
+    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8150 2V</t>
+  </si>
+  <si>
+    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8146 2V</t>
+  </si>
+  <si>
+    <t>VELA LED SATE A-C92 (RED) 3X LR44 BATERIA</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>FRITADEIRA AIR FRYER ELECTROBRAS EBAF-59B 5.9L 110V</t>
+  </si>
+  <si>
+    <t>Fritadeiras / Air Fryer</t>
+  </si>
+  <si>
+    <t>ELECTROBRAS</t>
+  </si>
+  <si>
+    <t>ANDROID TV BOX ONIX MI STICK 128GB 512GB</t>
+  </si>
+  <si>
+    <t>Android Tv</t>
+  </si>
+  <si>
+    <t>ONIX PLUS</t>
+  </si>
+  <si>
+    <t>BEBEDOURO ECOPOWER EP-3102 TORRE 220V</t>
+  </si>
+  <si>
+    <t>Bebedouros</t>
+  </si>
+  <si>
+    <t>BEBEDOURO ECOPOWER EP-3103 MESA 220V</t>
+  </si>
+  <si>
+    <t>TV 65" SMART LED MTEK QLED MKQ65FSGU 4K GOOGLE TV</t>
+  </si>
+  <si>
+    <t>Televis�es</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>RADIO CAR ECOPOWER EP-632 BLUETOOTH USB MICRO SD RADIO FM</t>
+  </si>
+  <si>
+    <t>Radios Car USB</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -263,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6066424b015629be835441dab79558d.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4527fa7fe1ae3676f6054b6dfc50f8d7.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ebf2727d048c96a812a4f0e83ff3a7b5.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8461f99f9a48b29354f5f9711661bb7c.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/435152409ca2ee4f8959fa8dc37bb790.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21e0fe571605ca47d488e28289f8eabe.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c2926cac6b63f558e036c8ae5c43ff4a.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/499a99ae4140f0de7cb285274bf74bcd.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ec003bea82522f9c3f20ceb6eb75f1f5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bfa40d2ae05146e86f28404507f13afa.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7b48e358279494d8d461cee6d8f6d155.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/749841c4ec596e63dd47ff506e26e9d6.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/355f010336d77c23b8ba6371ccf2ab2b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/276a85dfc30282b229c73e616b48d10a.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/208777a5b2d45f8cd3da079542748604.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9d4902b2e176ed24fb697b64d22bec3.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28b5982a6cdf4455334721addde41be5.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89fea7ecb2032fad3f069f6e00470234.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71df2b8c38d4347cd870b93aab631373.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e95d57d8159eb6c79b889ac5f2250882.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73f77a6ea33526c8dcdff63bd58eb0a6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1b1be32e0bdd1032756bf507b50bb0af.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/778d94a091a402ddc20c6431e6728f5a.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72965f86819b4b119985d73ed72e6300.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/46df3bc7263f0f0d46949beb312e8768.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c66a64500e68ab12656c4506b2d6a8e4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f3a07f78eb35ead8c8a3bff0900c257b.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/611eb127b32323e7f2088d986a756eb7.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fab3ce732c71090a3b55fe98abf7c047.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ed2d32fdfc6a283cdd09391342a8b97a.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/36f7ab8d5ce4ca103c0e9916d2d2d412.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e23f18e617a24233ab35a1a190da7557.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5addbff107cb84a073976628840bebe5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/efc6c8d90e41c214daae6cbaa8184ab5.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/925638b92f0017a6a4ef7dc1da45b59a.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eff9277dcd79cb3674d5e12d16073802.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3741420b8dce7e80ad0a6e70cfa0b8f0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6eee574261c16eee5636a749fbe695e.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6706d497875c7be44330fc73194bdbf3.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fba19977d386e31c6009f6cffbf0892f.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1174,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="77.695" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>537902</v>
+        <v>544658</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>537919</v>
+        <v>544665</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>12.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>537926</v>
+        <v>544672</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>22.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>537933</v>
+        <v>544719</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>36.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>537971</v>
+        <v>544764</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F6" s="3">
-        <v>11.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>537995</v>
+        <v>544771</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="3">
-        <v>3.99</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>538015</v>
+        <v>544825</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="E8" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F8" s="3">
-        <v>18.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>538022</v>
+        <v>544832</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="F9" s="3">
-        <v>85.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>538169</v>
+        <v>544863</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>31</v>
+        <v>9</v>
       </c>
       <c r="F10" s="3">
-        <v>75.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>538190</v>
+        <v>545006</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="E11" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="F11" s="3">
-        <v>10.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>538206</v>
+        <v>545013</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>28</v>
       </c>
       <c r="E12" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="F12" s="3">
-        <v>5.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>538244</v>
+        <v>545020</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="E13" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="F13" s="3">
-        <v>12.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>538251</v>
+        <v>545037</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="E14" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F14" s="3">
-        <v>3.75</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>538282</v>
+        <v>545075</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="E15" t="s">
-        <v>44</v>
+        <v>9</v>
       </c>
       <c r="F15" s="3">
-        <v>0.59</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>538329</v>
+        <v>545150</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="E16" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="F16" s="3">
-        <v>208.0</v>
+        <v>49.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>538404</v>
+        <v>545181</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>37</v>
       </c>
       <c r="D17" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="E17" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>38.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>538459</v>
+        <v>545198</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="E18" t="s">
-        <v>52</v>
+        <v>29</v>
       </c>
       <c r="F18" s="3">
-        <v>14.0</v>
+        <v>100.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>538466</v>
+        <v>545204</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
-        <v>55</v>
+        <v>29</v>
       </c>
       <c r="F19" s="3">
-        <v>18.5</v>
+        <v>43.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>538497</v>
+        <v>545297</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>44</v>
       </c>
       <c r="E20" t="s">
-        <v>58</v>
+        <v>45</v>
       </c>
       <c r="F20" s="3">
-        <v>0.6</v>
+        <v>415.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>538510</v>
+        <v>545303</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E21" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="F21" s="3">
-        <v>0.99</v>
+        <v>10.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>