--- v0 (2025-12-23)
+++ v1 (2026-03-07)
@@ -34,174 +34,174 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 23/12/2025 09:14</t>
-[...20 lines deleted...]
-    <t>Speakers Pequenos</t>
+    <t>Lista gerada no: 07/03/2026 05:18</t>
+  </si>
+  <si>
+    <t>TV 50 MTEK MKQ50FSGU QLED 4K GOOGLE-TV</t>
+  </si>
+  <si>
+    <t>TVs</t>
+  </si>
+  <si>
+    <t>MTEK</t>
+  </si>
+  <si>
+    <t>TELEVISOR SMART LED 58" MTEK MKQ58FSGU QLED 4K GOOGLE-TV</t>
+  </si>
+  <si>
+    <t>FRIGIDEIRA WINNINGSTAR ST-5200-28CM</t>
+  </si>
+  <si>
+    <t>Panelas e frigideiras</t>
+  </si>
+  <si>
+    <t>WINNINGSTAR</t>
+  </si>
+  <si>
+    <t>VENTILADOR HYE (3X1) HY-FSR45ABW-T 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>HYUNDAI</t>
+  </si>
+  <si>
+    <t>COFRE ELETRICO SATE A-CF5001 43L 13KG</t>
+  </si>
+  <si>
+    <t>Cofre</t>
+  </si>
+  <si>
+    <t>SATE</t>
+  </si>
+  <si>
+    <t>COFRE ELETRONICO SATE A-CF2504 16L 6.4KG</t>
+  </si>
+  <si>
+    <t>COFRE ELETROCONICO SATE A-CF3001 28L 10.5KG</t>
+  </si>
+  <si>
+    <t>KIT TAPER PORCELANA  S1418 3-PCS</t>
+  </si>
+  <si>
+    <t>Utens�lios dom�sticos</t>
+  </si>
+  <si>
+    <t>SUNLIGHT</t>
+  </si>
+  <si>
+    <t>CABO HDMI 1.50M SATE AL-15 BLACK</t>
+  </si>
+  <si>
+    <t>Cabos /Adapt HDMI</t>
+  </si>
+  <si>
+    <t>CABO HDMI 2.00M SATE AL-17 BLACK</t>
+  </si>
+  <si>
+    <t>CELULAR SAMSUNG A06 A065M 64GB 4 RAM BLACK</t>
+  </si>
+  <si>
+    <t>Celulares Samsung</t>
+  </si>
+  <si>
+    <t>SAMSUNG</t>
+  </si>
+  <si>
+    <t>PROJETOR LASER ROBO PROSPER P-3112 BLUETOOTH</t>
+  </si>
+  <si>
+    <t>Projetores de Luzes</t>
+  </si>
+  <si>
+    <t>PROSPER</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T6900 VERDE ELETRICO</t>
+  </si>
+  <si>
+    <t>Relogio de parede e mesa</t>
+  </si>
+  <si>
+    <t>RELOGIO DE MESA SATE AC-T6801 RED ELETRICO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE MESA SATE AC-T6831 BLACK ELETRICO</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE SATE AC-T6811 RED ELETRICO</t>
+  </si>
+  <si>
+    <t>RELOGIO DE PAREDE  SATE AC-T6843 BLUE ELETRICA</t>
+  </si>
+  <si>
+    <t>TRICICLO ELECTRICO FOSTON GT4400 LETRA AZUL</t>
+  </si>
+  <si>
+    <t>Infantil</t>
+  </si>
+  <si>
+    <t>FOSTON</t>
+  </si>
+  <si>
+    <t>LANTERNAR ECOPOWER RECARREGAVEL EP-8149 2V</t>
+  </si>
+  <si>
+    <t>Lanternas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>KIT DE CHAVE DE FENDA WADFOW WSS1B10 / 10 PCS</t>
-[...95 lines deleted...]
-    <t>HIKVISION</t>
+    <t>LANTERNA ECOPOWER RECARREGAVEL EP-8150 2V</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -224,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a88f5af9a25dc8598b00d172da064ec.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cff8bf110f6202362ee8edbd8b904086.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/daf64fc85c438ef3fa035f2c445d29ea.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ea0aa671065f69b855218035e8d9ac45.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cfe5cfd64597cc36ecd20f6fea11a883.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42d43baff11d8be34b10858222c60a57.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d16218e1d63a201e23354c7e1592bf33.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6b35db6d385ef3b901e5e8a0fb0ed28.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fd4036875629dfee1a2ef8ee0127fe3.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/636da512dda9597641119e76b34f2240.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8940c396d201ad7ed92ee957002db168.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f333ebc65e4248f519f59a83ccd42d27.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/50c3a273a0de81f1ba0d2961d936e66e.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5f15b8f0272e8bb1aadd920a5ba3df0d.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab82a9b781c56324778aceeb1b288390.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ede8654d158ea92715e885730adf94a6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ea7e511fb2ec400ef77f8d815ae1ac0.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2bdb01bdc18b3c8980608bfb8d0d1609.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/32804348bb07bb8f38624a63bb0a89ad.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be9a83e79853db80101ee7602683538f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98211182054f42656b46f83d61cc9912.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca1b0fc3681586e8236565b9ee7f9a9c.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/93c8038cb5cd22dafd134a25c93ed9e1.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5874c150fff7ff4bb94fc84763bbc252.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0274561dee257e474e3beaad8196d92.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f4fade9d25afc45705ebdc38abe13697.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca3a56c99a041af1bf312a12244421fe.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0fc020bf726260ab5e8f6b525a0b9236.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72b4621698384ab38cc0ffe98b7930de.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2b036af19a6c7285f399db2549731f55.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4890670fa0f35450b380a66d848caf6.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75f359d5290ad620b50211225299a414.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/74db79f164165d3d272668d175bcc88b.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/128fc9de696f5609d766ffc5de608443.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42c099ff381d6f86cfb95b09b3d3dcb8.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06ff496b9c7eb40d9ce7222b1295c51f.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3a55696e3d5b4ed6cecb73df9516b882.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0bf7b7412edd73541669bfc9c052876d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/890b5a4e2777c876f330cc9ed281f77d.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/176cb8242c98cdb9f9d55977ececd229.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1135,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="65.984" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>537513</v>
+        <v>544467</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>13.5</v>
+        <v>288.0</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>537544</v>
+        <v>544474</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="3">
-        <v>12.0</v>
+        <v>330.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>537599</v>
+        <v>544498</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>13</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" s="3">
-        <v>13.0</v>
+        <v>17.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>537605</v>
+        <v>544504</v>
       </c>
       <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F5" s="3">
-        <v>5.0</v>
+        <v>22.0</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>537612</v>
+        <v>544566</v>
       </c>
       <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
         <v>18</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F6" s="3">
-        <v>8.0</v>
+        <v>69.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>537667</v>
+        <v>544573</v>
       </c>
       <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
         <v>19</v>
       </c>
-      <c r="D7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F7" s="3">
-        <v>12.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>537735</v>
+        <v>544580</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F8" s="3">
-        <v>6.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>537742</v>
+        <v>544597</v>
       </c>
       <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E9" t="s">
         <v>24</v>
       </c>
-      <c r="D9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" s="3">
-        <v>12.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>537766</v>
+        <v>544641</v>
       </c>
       <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
         <v>26</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E10" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F10" s="3">
-        <v>8.5</v>
+        <v>1.7</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>537780</v>
+        <v>544665</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E11" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F11" s="3">
-        <v>9.8</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>537858</v>
+        <v>544672</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12" t="s">
         <v>29</v>
       </c>
       <c r="E12" t="s">
         <v>30</v>
       </c>
       <c r="F12" s="3">
-        <v>41.0</v>
+        <v>82.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>537865</v>
+        <v>544719</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E13" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F13" s="3">
-        <v>46.0</v>
+        <v>12.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>537872</v>
+        <v>544764</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="F14" s="3">
-        <v>16.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>537902</v>
+        <v>544771</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="F15" s="3">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>537919</v>
+        <v>544825</v>
       </c>
       <c r="C16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>20</v>
+        <v>38</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="F16" s="3">
-        <v>12.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>537926</v>
+        <v>544832</v>
       </c>
       <c r="C17" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D17" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="E17" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="F17" s="3">
-        <v>22.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>537933</v>
+        <v>544863</v>
       </c>
       <c r="C18" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D18" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="E18" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="F18" s="3">
-        <v>36.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>537971</v>
+        <v>545006</v>
       </c>
       <c r="C19" t="s">
         <v>41</v>
       </c>
       <c r="D19" t="s">
         <v>42</v>
       </c>
       <c r="E19" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="F19" s="3">
-        <v>11.0</v>
+        <v>169.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>537995</v>
+        <v>545013</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E20" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="F20" s="3">
-        <v>3.99</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>538015</v>
+        <v>545020</v>
       </c>
       <c r="C21" t="s">
+        <v>47</v>
+      </c>
+      <c r="D21" t="s">
         <v>45</v>
       </c>
-      <c r="D21" t="s">
+      <c r="E21" t="s">
         <v>46</v>
       </c>
-      <c r="E21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F21" s="3">
-        <v>18.0</v>
+        <v>9.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>