--- v0 (2025-12-23)
+++ v1 (2026-03-07)
@@ -14,167 +14,194 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Código</t>
   </si>
   <si>
     <t>Foto</t>
   </si>
   <si>
     <t>Produto</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>Preço en U$</t>
   </si>
   <si>
-    <t>Lista gerada no: 23/12/2025 09:05</t>
-[...5 lines deleted...]
-    <t>Speakers medios</t>
+    <t>Lista gerada no: 07/03/2026 04:54</t>
+  </si>
+  <si>
+    <t>BALAN�A DE BAGAGEM MEGASTAR BC-101 40KG</t>
+  </si>
+  <si>
+    <t>Balan�as de Bagagem</t>
+  </si>
+  <si>
+    <t>MEGASTAR</t>
+  </si>
+  <si>
+    <t>VENTILADOR STANLUX USSF-724 3 VELOCIDADES 110V</t>
+  </si>
+  <si>
+    <t>Ventiladores</t>
+  </si>
+  <si>
+    <t>DIVERSOS</t>
+  </si>
+  <si>
+    <t>CAMERA CORPORAL DE BOLSO ECOPOWER EP-C200 / WIFI / 5K</t>
+  </si>
+  <si>
+    <t>Cameras Esportivas</t>
   </si>
   <si>
     <t>ECOPOWER</t>
   </si>
   <si>
-    <t>JARRA EL�TRICA ECOPOWER EP3104 / 1.8L / 220V</t>
+    <t>SPEAKER PARA PC ECOPOWER EP-K009 / LED RGB / GAMER SOUND 2.0</t>
+  </si>
+  <si>
+    <t>Speakers P/Pc</t>
+  </si>
+  <si>
+    <t>UMIDIFICADOR BRITANIA BUD05B 2.4L BIVOLT</t>
+  </si>
+  <si>
+    <t>Umidificadores</t>
+  </si>
+  <si>
+    <t>BRITANIA</t>
+  </si>
+  <si>
+    <t>JARRA ELETRICA MARYLAN MR-100 WHITE 2L 220V</t>
   </si>
   <si>
     <t>Jarras Eletricas</t>
   </si>
   <si>
-    <t>R�DIO ECOPOWER EP-F35/GRAVA��O/USB/MICRO SD/BLUETOOTH</t>
-[...77 lines deleted...]
-    <t>Mouse</t>
+    <t>MARYLAND</t>
+  </si>
+  <si>
+    <t>MICROFONE ECOPOWER EP-M306</t>
+  </si>
+  <si>
+    <t>Microfones</t>
+  </si>
+  <si>
+    <t>MICROFONE ECOPOWER EP-M305</t>
+  </si>
+  <si>
+    <t>RAQUETE ELETRICO ECOPOWER MATA MOSCA EP-8504</t>
+  </si>
+  <si>
+    <t>Diversos</t>
+  </si>
+  <si>
+    <t>MICROFONE ECOPOWER EP-M307</t>
+  </si>
+  <si>
+    <t>KIT DE COZINHA UTENSILIOS DE SILICONE 19 PE�AS</t>
+  </si>
+  <si>
+    <t>Talheres</t>
+  </si>
+  <si>
+    <t>PAINEL LED "ABIERTO-CERRADO" 480*250MM</t>
+  </si>
+  <si>
+    <t>Ilumina��o</t>
+  </si>
+  <si>
+    <t>CAMERA DE RE UNIVERSAL "HD" NAKAMICHI NC6L</t>
+  </si>
+  <si>
+    <t>Cameras de R�</t>
+  </si>
+  <si>
+    <t>NAKAMICHI</t>
+  </si>
+  <si>
+    <t>CAMERA DE RE UNIVERSAL "HD" NAKAMICHI NCA110</t>
+  </si>
+  <si>
+    <t>COLCHONETE INFLAVEL SOLTEIRO 191X73X22CM</t>
+  </si>
+  <si>
+    <t>AVENLI</t>
+  </si>
+  <si>
+    <t>COLCHONETE INFLAVEL CASAL 191X137X22CM</t>
+  </si>
+  <si>
+    <t>SOFA INFLAVEL XO SF01 ARCOIRIS</t>
+  </si>
+  <si>
+    <t>SOFA INFLAVEL XO SF01 VERDE MILITAR</t>
+  </si>
+  <si>
+    <t>VENTILADOR DE PAREDE MONDIAL NVP-PRO-50 / 220V</t>
+  </si>
+  <si>
+    <t>MONDIAL</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADO GREE 12000 BTU 220V 50HZ INVERTER WIFI</t>
+  </si>
+  <si>
+    <t>AR CONDICIONADOS</t>
+  </si>
+  <si>
+    <t>GREE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -197,51 +224,51 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="2" fillId="0" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="2" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4ff9dc8ee1054403db9998c90377c41.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e3615dec35c74ffbcd38e3d64959b9f4.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6aa874cd357ecafdd7deeeba4b5ba013.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3efe58b1d301fccb9c388100389c9536.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/939c28f04dbf2b0ffb3687769dc315da.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cf8306d8d671f0fc5cf5df31c2f4bfb3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78aa345cbb35c25408a8d72d4c8f1bdd.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72f7781251eee74b65c67432bd37dd1f.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dd0945f669810caf96f56968d64f5756.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08cea5f8cae1d25a421bde2ed63daa5f.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0cff739b114a6c5dd041ce9cc1181a53.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dcaaeaccc92e569c3cb0fd6beaa8b847.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/333ba9fbe454386a0eec54eda43e0ab5.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a5acfa1cbc5bed71949569787c6bf061.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e15ca23d7a1cb5b188e2eea3258ac9de.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b0c86817d3a6404e7c1156bb6353b484.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ce5bd95ef0a95385e658338c7ac46034.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d8cb8c86493a4d161387a78f452c36d.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/427253d41d708a9272c93c8ef58f8866.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6939c7e4968a59c247201d1f3e0cd980.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/037e0f3df6202827a5f6b80185e95ce6.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/35272ff2dce0e682e9d63a6064d94ca3.jpg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7c07af15e90fb40366a5d02064c7895.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02dc9c6c5566ab45808a8fe7ae3d1bb3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63ed8b0510d141f2cbbb382c28cbf787.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f433f552f510024bc1b46508f21b9a9a.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f86a8586b873e797f0d65623a7e17d1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ab9bab4884d6c7fc748b624523f5aa4c.jpg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/978bf408ef3df649a092fb2767a8c60c.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/17211354b882e9aa89d42c5feae1ccb8.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/164d57bd797676920d37cf9d54eef59a.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a76053f063402cfb78be789c18e596f9.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/783ea0dddd117b7fac7e0952d6029ddb.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a067ce939162da22101d5440a9865d30.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/84b296d7ebd3523b5b537b64eae5c6f4.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d065cc989f7e8ec43ecaef040cf63cb.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bec5cf477f919c1eba7332fde8bba727.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/878879a0e67f499ec1a735161eeb4bcd.jpg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5b3ada7417a7bc5df28eef44501decf.jpg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b45ea3b3ae4b351097cb49cbb09ddeec.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>47625</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="590550" cy="590550"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="" descr=""/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1108,417 +1135,417 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="F1" sqref="F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="15" customWidth="true" style="0"/>
-    <col min="3" max="3" width="63.556" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="10.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" customHeight="1" ht="52">
       <c r="A2">
-        <v>537155</v>
+        <v>543828</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="3">
-        <v>25.0</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="3" spans="1:7" customHeight="1" ht="52">
       <c r="A3">
-        <v>537162</v>
+        <v>543835</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F3" s="3">
-        <v>8.0</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="4" spans="1:7" customHeight="1" ht="52">
       <c r="A4">
-        <v>537179</v>
+        <v>543842</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E4" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F4" s="3">
-        <v>9.0</v>
+        <v>45.0</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="52">
       <c r="A5">
-        <v>537193</v>
+        <v>543866</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F5" s="3">
-        <v>16.0</v>
+        <v>9.8</v>
       </c>
     </row>
     <row r="6" spans="1:7" customHeight="1" ht="52">
       <c r="A6">
-        <v>537209</v>
+        <v>543897</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E6" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F6" s="3">
-        <v>17.0</v>
+        <v>19.0</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="52">
       <c r="A7">
-        <v>537285</v>
+        <v>543941</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F7" s="3">
-        <v>13.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="8" spans="1:7" customHeight="1" ht="52">
       <c r="A8">
-        <v>537308</v>
+        <v>543972</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="E8" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F8" s="3">
-        <v>6.0</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="9" spans="1:7" customHeight="1" ht="52">
       <c r="A9">
-        <v>537315</v>
+        <v>543989</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="E9" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F9" s="3">
-        <v>17.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="52">
       <c r="A10">
-        <v>537322</v>
+        <v>543996</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D10" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="E10" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F10" s="3">
-        <v>10.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="52">
       <c r="A11">
-        <v>537353</v>
+        <v>544009</v>
       </c>
       <c r="C11" t="s">
+        <v>29</v>
+      </c>
+      <c r="D11" t="s">
         <v>25</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="F11" s="3">
-        <v>2.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="52">
       <c r="A12">
-        <v>537360</v>
+        <v>544146</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="E12" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F12" s="3">
-        <v>2.3</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="52">
       <c r="A13">
-        <v>537377</v>
+        <v>544153</v>
       </c>
       <c r="C13" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="E13" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F13" s="3">
-        <v>4.4</v>
+        <v>11.0</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="52">
       <c r="A14">
-        <v>537384</v>
+        <v>544290</v>
       </c>
       <c r="C14" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="E14" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="F14" s="3">
-        <v>3.0</v>
+        <v>10.0</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="52">
       <c r="A15">
-        <v>537391</v>
+        <v>544306</v>
       </c>
       <c r="C15" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="D15" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="E15" t="s">
-        <v>9</v>
+        <v>36</v>
       </c>
       <c r="F15" s="3">
-        <v>3.85</v>
+        <v>13.0</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="52">
       <c r="A16">
-        <v>537407</v>
+        <v>544351</v>
       </c>
       <c r="C16" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E16" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F16" s="3">
-        <v>3.3</v>
+        <v>16.0</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="52">
       <c r="A17">
-        <v>537414</v>
+        <v>544368</v>
       </c>
       <c r="C17" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E17" t="s">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="F17" s="3">
-        <v>1.9</v>
+        <v>25.0</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="52">
       <c r="A18">
-        <v>537421</v>
+        <v>544405</v>
       </c>
       <c r="C18" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E18" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F18" s="3">
-        <v>3.5</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="19" spans="1:7" customHeight="1" ht="52">
       <c r="A19">
-        <v>537445</v>
+        <v>544412</v>
       </c>
       <c r="C19" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="E19" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F19" s="3">
-        <v>9.0</v>
+        <v>15.0</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="52">
       <c r="A20">
-        <v>537452</v>
+        <v>544429</v>
       </c>
       <c r="C20" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>9</v>
+        <v>44</v>
       </c>
       <c r="F20" s="3">
-        <v>6.0</v>
+        <v>57.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="52">
       <c r="A21">
-        <v>537476</v>
+        <v>544436</v>
       </c>
       <c r="C21" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="E21" t="s">
-        <v>9</v>
+        <v>47</v>
       </c>
       <c r="F21" s="3">
-        <v>2.5</v>
+        <v>370.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>